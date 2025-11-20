--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -10,113 +10,303 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="67">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
+  </si>
+  <si>
+    <t>786</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Letícia Vallory</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/786/001_-_requerimento_001_2025_-_leticia_-_solicitacao_licenca_maternidade.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a concessão de Licença Maternidade</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Gabriel</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/787/001_-_requerimento_002_2025_-_gabriel_-_mocao_de_congratulacao_e_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>Solicita “Moção de Congratulação e Aplausos” ao Capitolino José Gonçalves Amorim (Zé do Nelson).</t>
+  </si>
+  <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Edgley Amorim</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/788/001_-_requerimento_003_2025_-_edgley_-_cessao_do_plenario_para_palestra_pm.pdf</t>
+  </si>
+  <si>
+    <t>Cessão do Plenário para realização de reunião com a Polícia Militar.</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Logan</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/789/001_-_requerimento_004_2025_-_logan_-_cessao_do_plenario_para_reuniao_com_professores.pdf</t>
+  </si>
+  <si>
+    <t>Cessão do Plenário para realização de reunião com professores e educadores de Capitólio.</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/790/001_-_requerimento_005_2025_-_leticia_-__relacao_de_oficios_indicacoes_e_requerimentos.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhada relação completa de todos os ofícios, indicações e requerimentos encaminhados  por mim, pelo vereador Renato e pela ex-vereadora Eliza que, até a presente data, não obtiveram resposta formal dos destinatários.</t>
+  </si>
+  <si>
+    <t>791</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/791/001_-_requerimento_006_2025_-_leticia_-_adeq._na_forma_de_publicar_dados_sensiveis.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado pelo setor responsável da Câmara Municipal de Capitólio, a adequação na forma de publicar dados sensíveis no Projeto de Lei Ordinária nº 048 de 2025.</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Cláudio Ramos, Edgley Amorim, Gabriel, João Getúlio, Letícia Vallory, Logan, Renato Mecânico, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/792/001_-_requerimento_007_2025_-_vereadores_20a_legislatura_-_concocacao_de_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>Convocação de Sessão Extraordinária</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/793/001_-_requerimento_008_2025_-_leticia_-_cumprimento_da_lei_2.297_de_2022_agenda_transarente.pdf</t>
+  </si>
+  <si>
+    <t>Que seja verificado o cumprimento da Lei Municipal nº 2.297/2022 (Agenda Transparente) no âmbito da Câmara Municipal de Capitólio.</t>
+  </si>
+  <si>
+    <t>794</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Edgley Amorim, Gabriel, João Getúlio, Logan, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/794/001_-_requerimento_009_2025_-_logan_edgley_joao_sirlei_gabriel__-_convocacao_de_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>795</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/795/001_-_requerimento_010_2025_-_controladoria_-_realizacao_de_audiencia_publica.pdf</t>
+  </si>
+  <si>
+    <t>796</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Cláudio Ramos, Edgley Amorim, Gabriel, João Getúlio, Logan, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/796/001-re1.pdf</t>
+  </si>
+  <si>
+    <t>Reapresentação do Projeto de Lei Complementar nº 011/2025.</t>
+  </si>
+  <si>
+    <t>797</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Cláudio Ramos, Edgley Amorim, João Getúlio, Logan, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/797/001_-_requerimento_012_2025_-_logan_edgley_joao_sirlei_claudio_-_concocacao_de_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>798</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/798/001_-_requerimento_013_2025_-_concocacao_de_extraordinaria.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="1">
+  <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -367,95 +557,449 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/786/001_-_requerimento_001_2025_-_leticia_-_solicitacao_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/787/001_-_requerimento_002_2025_-_gabriel_-_mocao_de_congratulacao_e_aplausos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/788/001_-_requerimento_003_2025_-_edgley_-_cessao_do_plenario_para_palestra_pm.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/789/001_-_requerimento_004_2025_-_logan_-_cessao_do_plenario_para_reuniao_com_professores.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/790/001_-_requerimento_005_2025_-_leticia_-__relacao_de_oficios_indicacoes_e_requerimentos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/791/001_-_requerimento_006_2025_-_leticia_-_adeq._na_forma_de_publicar_dados_sensiveis.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/792/001_-_requerimento_007_2025_-_vereadores_20a_legislatura_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/793/001_-_requerimento_008_2025_-_leticia_-_cumprimento_da_lei_2.297_de_2022_agenda_transarente.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/794/001_-_requerimento_009_2025_-_logan_edgley_joao_sirlei_gabriel__-_convocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/795/001_-_requerimento_010_2025_-_controladoria_-_realizacao_de_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/796/001-re1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/797/001_-_requerimento_012_2025_-_logan_edgley_joao_sirlei_claudio_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/798/001_-_requerimento_013_2025_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="4.5703125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="7.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="99.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="165.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="211" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
+    <row r="2" spans="1:8">
+      <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H12" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>62</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H13" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
+        <v>43</v>
+      </c>
+    </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="G2" r:id="rId1"/>
+    <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>