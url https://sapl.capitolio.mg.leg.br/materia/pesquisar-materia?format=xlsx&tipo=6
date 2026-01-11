--- v1 (2025-11-20)
+++ v2 (2026-01-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="79">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -211,50 +211,86 @@
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/796/001-re1.pdf</t>
   </si>
   <si>
     <t>Reapresentação do Projeto de Lei Complementar nº 011/2025.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Cláudio Ramos, Edgley Amorim, João Getúlio, Logan, Sirlei do Grotão</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/797/001_-_requerimento_012_2025_-_logan_edgley_joao_sirlei_claudio_-_concocacao_de_extraordinaria.pdf</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/798/001_-_requerimento_013_2025_-_concocacao_de_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_014_2025_-_leticia_-_inconsistencia_sapl.pdf</t>
+  </si>
+  <si>
+    <t>"Solicitar esclarecimentos e providências quanto a inconsistências identificadas no Sistema de Apoio ao Processo Legislativo- SAPL."</t>
+  </si>
+  <si>
+    <t>888</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_015_2025_-_leticia_-_votacao_em_destaque.pdf</t>
+  </si>
+  <si>
+    <t>"Questionamento sobre a correta aplicação do procedimento técnico relativo à votação em destaque, prevista no Art. 142 do Regimento Interno".</t>
+  </si>
+  <si>
+    <t>889</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/889/001_-requerimento_016_2025_-_leticia_-_solicita_retirada_de_projeto.pdf</t>
+  </si>
+  <si>
+    <t>"Solicita retirada do PLO nº 088/2025".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -558,56 +594,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/786/001_-_requerimento_001_2025_-_leticia_-_solicitacao_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/787/001_-_requerimento_002_2025_-_gabriel_-_mocao_de_congratulacao_e_aplausos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/788/001_-_requerimento_003_2025_-_edgley_-_cessao_do_plenario_para_palestra_pm.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/789/001_-_requerimento_004_2025_-_logan_-_cessao_do_plenario_para_reuniao_com_professores.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/790/001_-_requerimento_005_2025_-_leticia_-__relacao_de_oficios_indicacoes_e_requerimentos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/791/001_-_requerimento_006_2025_-_leticia_-_adeq._na_forma_de_publicar_dados_sensiveis.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/792/001_-_requerimento_007_2025_-_vereadores_20a_legislatura_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/793/001_-_requerimento_008_2025_-_leticia_-_cumprimento_da_lei_2.297_de_2022_agenda_transarente.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/794/001_-_requerimento_009_2025_-_logan_edgley_joao_sirlei_gabriel__-_convocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/795/001_-_requerimento_010_2025_-_controladoria_-_realizacao_de_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/796/001-re1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/797/001_-_requerimento_012_2025_-_logan_edgley_joao_sirlei_claudio_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/798/001_-_requerimento_013_2025_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/786/001_-_requerimento_001_2025_-_leticia_-_solicitacao_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/787/001_-_requerimento_002_2025_-_gabriel_-_mocao_de_congratulacao_e_aplausos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/788/001_-_requerimento_003_2025_-_edgley_-_cessao_do_plenario_para_palestra_pm.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/789/001_-_requerimento_004_2025_-_logan_-_cessao_do_plenario_para_reuniao_com_professores.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/790/001_-_requerimento_005_2025_-_leticia_-__relacao_de_oficios_indicacoes_e_requerimentos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/791/001_-_requerimento_006_2025_-_leticia_-_adeq._na_forma_de_publicar_dados_sensiveis.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/792/001_-_requerimento_007_2025_-_vereadores_20a_legislatura_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/793/001_-_requerimento_008_2025_-_leticia_-_cumprimento_da_lei_2.297_de_2022_agenda_transarente.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/794/001_-_requerimento_009_2025_-_logan_edgley_joao_sirlei_gabriel__-_convocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/795/001_-_requerimento_010_2025_-_controladoria_-_realizacao_de_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/796/001-re1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/797/001_-_requerimento_012_2025_-_logan_edgley_joao_sirlei_claudio_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/798/001_-_requerimento_013_2025_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_014_2025_-_leticia_-_inconsistencia_sapl.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_015_2025_-_leticia_-_votacao_em_destaque.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/889/001_-requerimento_016_2025_-_leticia_-_solicita_retirada_de_projeto.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="99.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="165.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="211" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -940,65 +976,146 @@
       <c r="A14" t="s">
         <v>64</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>65</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>57</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H14" t="s">
         <v>43</v>
       </c>
     </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H16" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17" t="s">
+        <v>78</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>