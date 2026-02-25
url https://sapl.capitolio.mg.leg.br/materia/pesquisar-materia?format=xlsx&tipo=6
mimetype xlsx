--- v2 (2026-01-11)
+++ v3 (2026-02-25)
@@ -10,182 +10,251 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="102">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>962</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Cláudio Ramos, Gabriel, João Getúlio, Logan, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/962/001_-_requerimento_001_2026_-_logan_joao_sirlei_gabriel_claudio_-_concocacao_de_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>Convocação de Sessão Extraordinária</t>
+  </si>
+  <si>
+    <t>965</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/965/001_-_requerimento_002_2026_-_sirlei_-_retirada_do_plo_no_02.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a retirada de Projeto de Lei de tramitação</t>
+  </si>
+  <si>
+    <t>987</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Edgley Amorim</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/987/001_-_requerimento_003_2026_-_edgley_-_solicitacao_de_nao_recebimento_de_vale_alimentacao.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de não recebimento de vale alimentação.</t>
+  </si>
+  <si>
+    <t>997</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Renato Mecânico</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/997/001_-_requerimento_004_2026_-_renato_-_solicitacao_de_nao_recebimento_de_vale_alimentacao.pdf</t>
+  </si>
+  <si>
+    <t>Renúncia ao recebimento de vale alimentação</t>
+  </si>
+  <si>
+    <t>998</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Letícia Vallory</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/998/001_-_requerimento_005_2026_-_leticia_-_solicitacao_de_nao_recebimento_de_vale_alimentacao.pdf</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/1018/001_-_requerimento_006_2026_-_leticia_-_pagamento_bienio_servidora_cristiane.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de fundamentação jurídica acerca do pagamento de biênio e férias à servidora Cristiane Antônia de Amorim</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/1019/001_-_requerimento_007_2026_-_leticia_-_errata_processo_seletivo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de informações acerca de errata publicada no Processo Seletivo Nº 001/2026 para os cargos de Auxiliar de Limpeza e Atendente da Unidade de Atendimento Integrado – UAI.</t>
+  </si>
+  <si>
     <t>786</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>1</t>
-[...10 lines deleted...]
-  <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/786/001_-_requerimento_001_2025_-_leticia_-_solicitacao_licenca_maternidade.pdf</t>
   </si>
   <si>
     <t>Solicita a concessão de Licença Maternidade</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Gabriel</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/787/001_-_requerimento_002_2025_-_gabriel_-_mocao_de_congratulacao_e_aplausos.pdf</t>
   </si>
   <si>
     <t>Solicita “Moção de Congratulação e Aplausos” ao Capitolino José Gonçalves Amorim (Zé do Nelson).</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>3</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/788/001_-_requerimento_003_2025_-_edgley_-_cessao_do_plenario_para_palestra_pm.pdf</t>
   </si>
   <si>
     <t>Cessão do Plenário para realização de reunião com a Polícia Militar.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>Logan</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/789/001_-_requerimento_004_2025_-_logan_-_cessao_do_plenario_para_reuniao_com_professores.pdf</t>
   </si>
   <si>
     <t>Cessão do Plenário para realização de reunião com professores e educadores de Capitólio.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/790/001_-_requerimento_005_2025_-_leticia_-__relacao_de_oficios_indicacoes_e_requerimentos.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhada relação completa de todos os ofícios, indicações e requerimentos encaminhados  por mim, pelo vereador Renato e pela ex-vereadora Eliza que, até a presente data, não obtiveram resposta formal dos destinatários.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/791/001_-_requerimento_006_2025_-_leticia_-_adeq._na_forma_de_publicar_dados_sensiveis.pdf</t>
   </si>
   <si>
     <t>Que seja realizado pelo setor responsável da Câmara Municipal de Capitólio, a adequação na forma de publicar dados sensíveis no Projeto de Lei Ordinária nº 048 de 2025.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>Cláudio Ramos, Edgley Amorim, Gabriel, João Getúlio, Letícia Vallory, Logan, Renato Mecânico, Sirlei do Grotão</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/792/001_-_requerimento_007_2025_-_vereadores_20a_legislatura_-_concocacao_de_extraordinaria.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Convocação de Sessão Extraordinária</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/793/001_-_requerimento_008_2025_-_leticia_-_cumprimento_da_lei_2.297_de_2022_agenda_transarente.pdf</t>
   </si>
   <si>
     <t>Que seja verificado o cumprimento da Lei Municipal nº 2.297/2022 (Agenda Transparente) no âmbito da Câmara Municipal de Capitólio.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Edgley Amorim, Gabriel, João Getúlio, Logan, Sirlei do Grotão</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/794/001_-_requerimento_009_2025_-_logan_edgley_joao_sirlei_gabriel__-_convocacao_de_extraordinaria.pdf</t>
   </si>
@@ -594,63 +663,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/786/001_-_requerimento_001_2025_-_leticia_-_solicitacao_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/787/001_-_requerimento_002_2025_-_gabriel_-_mocao_de_congratulacao_e_aplausos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/788/001_-_requerimento_003_2025_-_edgley_-_cessao_do_plenario_para_palestra_pm.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/789/001_-_requerimento_004_2025_-_logan_-_cessao_do_plenario_para_reuniao_com_professores.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/790/001_-_requerimento_005_2025_-_leticia_-__relacao_de_oficios_indicacoes_e_requerimentos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/791/001_-_requerimento_006_2025_-_leticia_-_adeq._na_forma_de_publicar_dados_sensiveis.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/792/001_-_requerimento_007_2025_-_vereadores_20a_legislatura_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/793/001_-_requerimento_008_2025_-_leticia_-_cumprimento_da_lei_2.297_de_2022_agenda_transarente.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/794/001_-_requerimento_009_2025_-_logan_edgley_joao_sirlei_gabriel__-_convocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/795/001_-_requerimento_010_2025_-_controladoria_-_realizacao_de_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/796/001-re1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/797/001_-_requerimento_012_2025_-_logan_edgley_joao_sirlei_claudio_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/798/001_-_requerimento_013_2025_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_014_2025_-_leticia_-_inconsistencia_sapl.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_015_2025_-_leticia_-_votacao_em_destaque.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/889/001_-requerimento_016_2025_-_leticia_-_solicita_retirada_de_projeto.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/962/001_-_requerimento_001_2026_-_logan_joao_sirlei_gabriel_claudio_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/965/001_-_requerimento_002_2026_-_sirlei_-_retirada_do_plo_no_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/987/001_-_requerimento_003_2026_-_edgley_-_solicitacao_de_nao_recebimento_de_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/997/001_-_requerimento_004_2026_-_renato_-_solicitacao_de_nao_recebimento_de_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/998/001_-_requerimento_005_2026_-_leticia_-_solicitacao_de_nao_recebimento_de_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/1018/001_-_requerimento_006_2026_-_leticia_-_pagamento_bienio_servidora_cristiane.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2026/1019/001_-_requerimento_007_2026_-_leticia_-_errata_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/786/001_-_requerimento_001_2025_-_leticia_-_solicitacao_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/787/001_-_requerimento_002_2025_-_gabriel_-_mocao_de_congratulacao_e_aplausos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/788/001_-_requerimento_003_2025_-_edgley_-_cessao_do_plenario_para_palestra_pm.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/789/001_-_requerimento_004_2025_-_logan_-_cessao_do_plenario_para_reuniao_com_professores.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/790/001_-_requerimento_005_2025_-_leticia_-__relacao_de_oficios_indicacoes_e_requerimentos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/791/001_-_requerimento_006_2025_-_leticia_-_adeq._na_forma_de_publicar_dados_sensiveis.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/792/001_-_requerimento_007_2025_-_vereadores_20a_legislatura_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/793/001_-_requerimento_008_2025_-_leticia_-_cumprimento_da_lei_2.297_de_2022_agenda_transarente.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/794/001_-_requerimento_009_2025_-_logan_edgley_joao_sirlei_gabriel__-_convocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/795/001_-_requerimento_010_2025_-_controladoria_-_realizacao_de_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/796/001-re1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/797/001_-_requerimento_012_2025_-_logan_edgley_joao_sirlei_claudio_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/798/001_-_requerimento_013_2025_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_014_2025_-_leticia_-_inconsistencia_sapl.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_015_2025_-_leticia_-_votacao_em_destaque.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/889/001_-requerimento_016_2025_-_leticia_-_solicita_retirada_de_projeto.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="99.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="165.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="211" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -762,360 +830,549 @@
       </c>
       <c r="G5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D9" t="s">
-[...8 lines deleted...]
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
         <v>48</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="G10" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D10" t="s">
-[...5 lines deleted...]
-      <c r="F10" t="s">
+      <c r="H10" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="H11" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
         <v>55</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="G12" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="D12" t="s">
-[...5 lines deleted...]
-      <c r="F12" t="s">
+      <c r="H12" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H13" t="s">
         <v>60</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="C14" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="H14" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>73</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H17" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
         <v>75</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="B18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" t="s">
         <v>76</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="1" t="s">
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="H17" t="s">
+      <c r="H18" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
         <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19" t="s">
+        <v>79</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>80</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H19" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>85</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H20" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>80</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H21" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" t="s">
+        <v>44</v>
+      </c>
+      <c r="C22" t="s">
+        <v>91</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H22" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23" t="s">
+        <v>95</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H23" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" t="s">
+        <v>44</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H24" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>