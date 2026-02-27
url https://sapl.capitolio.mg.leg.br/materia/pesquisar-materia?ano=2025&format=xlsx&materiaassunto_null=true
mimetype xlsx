--- v0 (2025-10-06)
+++ v1 (2026-02-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2820" uniqueCount="1169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4864" uniqueCount="2000">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -93,51 +93,51 @@
   <si>
     <t>“Dispõe sobre reajuste salarial aos servidores públicos do município de capitólio e dá outras providências.”</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/322/2025_01_10_projeto_lei_ordinaria_n_003_-_abertura_credito_adicional.pdf</t>
   </si>
   <si>
     <t>“dispõe sobre abertura de crédito adicional suplementar para majoração da subvenção concedida a associação estudantil de capitólio e dá outras providências”</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/323/2025_01_10_projeto_lei_ordinaria_n_004_-_nomeacao_de_logradouros.pdf</t>
   </si>
   <si>
-    <t>“DISPÕE SOBRE A NOMEAÇÃO DE LOGRADOUROS E DA OUTRAS PROVIDÊNCIAS.”</t>
+    <t>“Dispõe sobre a nomeação de logradouros e dá outras providências”.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/324/pl_ordinaria_005_2025_-_reajuste_real.pdf</t>
   </si>
   <si>
     <t>“Concede aumento real salarial aos Servidores Públicos do Município de Capitólio e dá outras providências”.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Mesa Diretora - MEDI</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/327/001_-_pl_ordinaria_006_2025_-_reajuste_servidores_camara.pdf</t>
   </si>
@@ -153,1489 +153,2131 @@
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/328/pl_ordinaria_007_2025_-_altera_lei_1.663_-_folga_aniversarios.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração na Lei Municipal nº 1.663, de 08 de maio de 2013 e dá outras providências.”</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/329/pl_ordinaria_008_2025_-_altera_redacao_lei_2381.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do preâmbulo e do caput, do art. 2º, da Lei Municipal nº 2.381, de 22 de dezembro de 2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/330/pl_ordinaria_009_2025_-_abertura_credito_adicional_especial_lar_de_idosos.pdf</t>
-[...2 lines deleted...]
-    <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA REPASSE DE SUBVENÇÃO AO LAR DE IDOSOS DE CAPITÓLIO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/330/001_-_pl_ordinaria_009_2025_-_abertura_credito_adicional_especial_lar_de_idosos.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para repasse de subvenção ao Lar de Idosos de Capitólio e dá outras providências.”</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/331/pl_ordinaria_010_2025_-_abertura_credito_adicional_especial_aciac.pdf</t>
-[...2 lines deleted...]
-    <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA CONCESSÃO DE SUBVENÇÃO A ASSOCIAÇÃO COMERCIAL, INDUSTRIAL E AGROPECUÁRIA DE CAPITÓLIO - ACIAC E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/331/001_-_pl_ordinaria_010_2025_-_abertura_credito_adicional_especial_aciac.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para concessão de subvenção a Associação Comercial, Industrial e Agropecuária de Capitólio - ACIAC e dá outras providências”.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Cláudio Ramos</t>
   </si>
   <si>
-    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/332/pl_ordinaria_011_2025_-_institui_simbolo_oficial.pdf</t>
-[...2 lines deleted...]
-    <t>"INSTITUI A AVE GARÇA COMO SÍMBOLO OFICIAL DA CIDADE TURÍSTICA DE CAPITÓLIO, PROMOVE A VALORIZAÇÃO DO ARTESANATO LOCAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/332/001-_pl_ordinaria_011_2025_-_institui_simbolo_oficial.pdf</t>
+  </si>
+  <si>
+    <t>"Institui a Ave Garça como símbolo oficial da Cidade turística de Capitólio, promove a valorização do artesanato local e dá outras providências".</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/333/pl_ordinaria_012_2025_-_novo_prazo_aos_donatarios_da_lei_1.971_2019.pdf</t>
-[...2 lines deleted...]
-    <t>"CONCEDE NOVO PRAZO AOS DONATÁRIOS ORIUNDOS DA LEI 1.971/2019 PARA CONSTRUÍREM NOS LOTES RECEBIDOS EM DOAÇÃO E DÁ OUTRAS PROVIDÊNCIAS."</t>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/333/001_-_pl_ordinaria_012_2025_-_novo_prazo_aos_donatarios_da_lei_1.971_2019.pdf</t>
+  </si>
+  <si>
+    <t>"Concede novo prazo aos donatários oriundos da Lei 1.971/2019 para construírem nos lotes recebidos em doação e dá outras providências".</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/334/pl_ordinaria_013_2025_-_revisao_plano_municipal_de_saneamento_basico.pdf</t>
   </si>
   <si>
-    <t>"DISPÕE SOBRE O PLANO MUNICIPAL DE SANEAMENTO BÁSICO (PMSB) DE CAPITÓLIO-MG E DÁ OUTRAS PROVIDÊNCIAS"</t>
+    <t>“Dispõe sobre a revisão do Plano Municipal de Saneamento Básico (PMSB) de Capitólio - MG e dá outras providências.”</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/346/pl_ordinaria_014_2025_-_codigo_de_etica_e_conduta_da_adm_publica.pdf</t>
   </si>
   <si>
-    <t>INSTITUI O CÓDIGO DE ÉTICA E CONDUTA DA_x000D_
-ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE CAPITÓLIO/MG.”</t>
+    <t>" Institui o código de ética e conduta da administração pública do Município de Capitólio/MG”.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/347/pl_ordinaria_015_2025_-_regime_disciplinar_processo_adm_e_sindicancia.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE O REGIME_x000D_
-[...2 lines deleted...]
-PROVIDÊNCIAS</t>
+    <t>“Dispõe sobre o regime disciplinar, processo administrativo e sindicância, no âmbito do Município de Capitólio/MG e dá outras providências”</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/348/pl_ord1.pdf</t>
   </si>
   <si>
-    <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO_x000D_
-[...3 lines deleted...]
-OUTRAS PROVIDENCIAS.”</t>
+    <t>“Dispõe sobre abertura de crédito adicional suplementar para movimentação dos saldos das emendas vetadas na LOA 2025 e dá outras providências.”</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/349/pl_ord1.pdf</t>
   </si>
   <si>
-    <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO_x000D_
-[...3 lines deleted...]
-OUTRAS PROVIDÊNCIAS."</t>
+    <t>“Dispõe sobre abertura de crédito adicional especial para execução de despesas referente ao convênio com a Agência Nacional das Águas e dá outras providências.”</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/350/pl_ordinaria_018_2025_-_ratificacao_contrato_de_consorcio_da_ameg.pdf</t>
   </si>
   <si>
-    <t>"DISPÕE SOBRE A RATIFICAÇÃO DO MUNICÍPIO_x000D_
-[...4 lines deleted...]
-TERCEIRO TERMO ADITIVO"</t>
+    <t>"Dispõe sobre a ratificação do Município de Capitólio ao contrato de consórcio público da Associação Pública dos Municípios da Microrregião do Médio Rio Grande – AMEG, consolidado com o terceiro termo aditivo.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/351/pl_ordinaria_019_2025_-_abertura_de_credito_adicional_suplementar.pdf</t>
-[...7 lines deleted...]
-OUTRAS PROVIDÊNCIAS."</t>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/351/001_-__pl_ordinaria_019_2025_-_abertura_de_credito_santa_casa_de_piumhi.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional suplementar para majoração da subvenção concedida a Santa Casa de Misericórdia de Piumhi/MG e dá outras providências.”</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/352/001_-_pl_ordinaria_020_2025_-_abertura_de_credito_adicional_especial_apae_50.46904.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para repasse de subvenção a APAE e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>353</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/353/001-pl1.pdf</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/354/pl_ordinaria_022_2025_-_alteracao_art.16_da_lc_n_018.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre alteração do art. 16 da Lei Complementar 018 de 05 de novembro de 2019 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/355/pl_ordinaria_023_2025_-_alteracao_de_dispositivos_na_lei_municipal_n2.422.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a alteração de dispositivos na Lei Municipal nº 2.422/2024, que estima a receita e fixa a despesa do Município de Capitólio/MG, para o exercício de 2025.”</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/356/pl_ordinaria_024_2025_-_abertura_de_credito_adicional_especial_apae.pdf</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/357/pl_ordinaria_025_2025_-_altera_item_1_do_anexo_i_da_lei_1.919_de_18_de_abril_de_2018.pdf</t>
+  </si>
+  <si>
+    <t>"Altera o item 1 do anexo I Lei nº 1.919, de 18 de abril de 2018 e dá outras providências".</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/358/pl_ordinaria_026_2025_-_concessao_de_folga_aos_servidores_no_dia_de_seu_aniversario.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de folga aos servidores públicos no dia de seu aniversário e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/359/pl_ordinaria_027_2025_-_alteracao_do_plano_plurianual_de_acoes_para_quadrienio_22-25.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a alteração do plano plurianual de ações para o quadriênio 2022/2025 e das diretrizes para a elaboração da lei orçamentária de 2025 e dá outras providências”</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/360/pl_ordinaria_028_025_-_abertura_credito_adicional_especial_lar_de_idosos.pdf</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/395/pl_ordinaria_029_2025_-_cessao_uso_de_bem_imovel_quartel_pm.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo a conceder a cessão de uso de bem imóvel público para a instalação do quartel da Polícia Militar, incluindo as residências para os agentes de segurança pública, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/396/pl_ordinaria_030_2025_-_contrato_bdmg.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Município de Capitólio/MG a contratar com o Banco de Desenvolvimento de Minas Gerais S/A – BDMG, operações de crédito com outorga de garantia e dá outras providências.</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/424/pl_ordinaria_031_2025_-_abertura_de_credito_adicional_suplementar_associacao_estudantil.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional suplementar para majoração da subvenção concedida a Associação Estudantil de Capitólio e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/425/001_-_pl_ordinaria_032_2025_-_autoriza_o_recebimento_de_bens_imoveis_na_forma_de_dacao.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o recebimento de bens imóveis na forma de dação em pagamento para quitação de créditos tributários, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/426/pl_ord1.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para construção de ponte na Comunidade de Macaúbas e dá outras providências.” .”</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Gabriel</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/427/pl_ordinaria_034_2025_-_execucao_hino_nacional_nas_escolas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a execução obrigatória do Hino Nacional Brasileiro, nas escolas do Município de Capitólio-MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/428/pl_ordinaria_035_2025_-_abertura_credito_adicional_especial_santa_casa.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para repasse de subvenção à Santa Casa de Caridade de Capitólio oriunda de emenda impositiva ao orçamento municipal.”</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/429/pl_ordinaria_036_2025_-_abertura_credito_adicional_especial_aciac.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a abertura de crédito adicional especial para repasse de subvenção à Associação Comercial, Industrial e Agropecuária de Capitólio - ACIAC.”</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/430/pl_ordinaria_037_2025_-_abertura_credito_adicional_especial_avamep.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para repasse de subvenção à Associação de Valorização e Apoio ao Ensino Profissionalizante - AVAMEP.”</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/431/pl_ordinaria_038_2025_-_lei_de_diretrizes_orcamentarias.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2026 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/445/pl_ordinaria_039_2025_-_abertura_de_credito_adicional_associacao_estudantil.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito adicional suplementar para majoração da subvenção concedida à Associação Estudantil de Capitólio e dá outras providências.</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/446/pl_ordinaria_040_2025_-_abertura_de_credito_lar_sao_francisco_de_assis.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de crédito adicional suplementar para majoração da subvenção concedida ao Lar são Francisco de Assis.</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/454/pl_ordinaria_041_2025_-_alteracao_art_4_da_lei_1928.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre alteração do art. 4 da Lei Ordinária 1.928 de 23 de maio de 2018 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/455/pl_ordinaria_042_2025_-_alteracao_art_7_da_lei_1496.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre alteração do art. 7º da Lei Ordinária nº 1.496, de 14 de abril de 2009 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/456/pl_ordinaria_043_2025_-_alteracao_art_7_da_lei_1527.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre alteração do art. 7º da Lei Ordinária 1.527 de 09 de dezembro de 2009 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/457/001-pl1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão e o recebimento de patrocínio pelo Poder Público Municipal, nos termos em que especifica.</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/473/001_-_pl_ordinaria_045_2025_-_convenio_com_a_fcmmg.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo Municipal a firmar convênio com a Faculdade de Ciências Médicas De Minas Gerais – FCMMG, mantida pela Fundação Educacional Lucas Machado – FELUMA e dá outras providências”</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/483/001_-_pl_ordinaria_046_2025_-_abertura_de_credito_adicional_apae_r140.00000.pdf</t>
+  </si>
+  <si>
+    <t>“dispõe sobre abertura de crédito adicional suplementar para repasse de subvenção a APAE e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/484/001_-_pl_ordinaria_047_2025_-_dispoe_sobre_anistia_de_multa.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a anistia de multa e dá outras providências."</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/495/001_-_pl_ordinaria_048_2025_-_participacao_do_municipio_no_cimlago.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a participação do Município de Capitólio/MG no consórcio intermunicipal multifinalitário dos Municípios do Lago de Furnas –CIMLAGO e dá outras providências.</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/511/001_-_pl_ordinaria_049_2025_-_nomeacao_de_logradouro.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a nomeação de logradouros e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/543/001_-_pl_ordinaria_050_2025_-_autoriza_participacao_consorcio_icismep.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a autorização de participação do Município de Capitólio no Consórcio Público ICISMEP – Instituição de Cooperação Intermunicipal do Médio Paraopeba, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/544/001_-_pl_ordinaria_051_2025_-_abertura_de_credito_adicional_especial__icismep.pdf</t>
+  </si>
+  <si>
+    <t>" Abertura de crédito adicional especial para repasse de recursos ao consórcio público Instituição de Cooperação Intermunicipal do Médio Paraopeba – ICISMEP".</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/545/001_-_pl_ordinaria_052_2025_-_revoga_lei_no_1.862_de_04_de_outubro_de_2017.pdf</t>
+  </si>
+  <si>
+    <t>Revoga a Lei Municipal nº 1.862/2017 que dispõe sobre as viagens oficiais e a concessão de diárias aos vereadores e servidores do Poder Legislativo Municipal.</t>
+  </si>
+  <si>
+    <t>599</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/599/pl_ordinaria_053_2025_-_abertura_de_cred._portaria_1110_defesa_civil.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para execução de despesas da portaria 1110 de 07 de abril de 2025 do Sistema Nacional de Proteção e Defesa Civil”.</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/600/pl_ordinaria_054_2025_-_abertura_cred._adicional_santa_casa_r_94.49027.pdf</t>
+  </si>
+  <si>
+    <t>“dispõe sobre abertura de crédito adicional especial para concessão de subvenção a Santa Casa de Caridade de Capitólio para execução de despesas relacionadas a resolução número 10161 de 2025”.</t>
+  </si>
+  <si>
+    <t>601</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/601/pl_ordinaria_055_2025_-_abertura_cred._correcao_de_dotacoes_orcamentarias.pdf</t>
+  </si>
+  <si>
+    <t>“dispõe sobre abertura de crédito adicional suplementar para correções de dotações orçamentárias relativo as emendas a lei orçamentária de 2025, sendo emendas 01, 02, 03, 05 e 08”.</t>
+  </si>
+  <si>
+    <t>602</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>Letícia Vallory</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/602/pl_ordinaria_056_2025_-_obrigatoriedade_divulgacao_corte_de_arvores.pdf</t>
+  </si>
+  <si>
+    <t>“dispõe sobre obrigatoriedade de divulgação das autorizações de corte de árvores no Município e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>603</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Edgley Amorim, Dalmir Rodrigues, Letícia Vallory</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/603/pl_ordinaria_057_2025_-_torna_obrigatoria_a_aplicacao_do_questionario_m-chat.pdf</t>
+  </si>
+  <si>
+    <t>“Torna obrigatória a aplicação do questionário M-CHAT para a realização do rastreamento de sinais precoces do Transtorno do Espectro Autista - TEA durante atendimentos em Unidades de Saúde Pública do Município de Capitólio – MG.”</t>
+  </si>
+  <si>
+    <t>615</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/615/001_-_pl_ordinaria_058_2025_-_abertura_cred._repasse_fia_a_apae.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre abertura de crédito adicional suplementar para repasse de recursos oriundo do FIA a APAE – Capitólio”</t>
+  </si>
+  <si>
+    <t>616</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/616/pl_ordinaria_059_2025_-_abertura_cred._repasse_fia_a_avamep.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para transferência de recurso do FIA a AVAMEP”</t>
+  </si>
+  <si>
+    <t>617</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/617/001_-_pl_ordinaria_060_2025_-_abert._cred._transf._subvencao_ao_grupo_de_escoteiros.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para transferência de subvenção concedida ao grupo de escoteiros caminhos da perfeição com recursos do FIA”</t>
+  </si>
+  <si>
+    <t>619</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/619/pl_ordinaria_061_2025_-_desafetacao_e_alienacao_de_areas_institucionais.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a desafetação de áreas institucionais e autoriza sua alienação por meio de leilão e dá outras providências".</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/632/001_-_pl_ordinaria_062_2025_-_altera_ldo.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a alteração das diretrizes para a elaboração da Lei Orçamentária de 2026 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>633</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/633/001_-_pl_ordinaria_063_2025_-_ppa.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual PPA para o quadriênio 2026 a 2029 do Município de Capitólio e dá outras providências.</t>
+  </si>
+  <si>
+    <t>634</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/634/001_-_pl_ordinaria_064_2025_-_loa.pdf</t>
+  </si>
+  <si>
+    <t>Proposta do Orçamento - Programa para o Exercício de 2026</t>
+  </si>
+  <si>
+    <t>650</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/650/001-pl2.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para transferência de subvenção a Federação Mineira de Voleibol.”</t>
+  </si>
+  <si>
+    <t>652</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/652/001_-_pl_ordinaria_066_2025_-_abertura_cred._repasse_recursos_asec.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre abertura de crédito adicional suplementar para repasse de recursos a Associação Estudantil de Capitólio.”</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/653/pl_ordinaria_067_2025_-_instituicao_e_concessao_de_beneficios_fiscais.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a instituição e concessão de benefícios fiscais para o pagamento de débitos ao Município de Capitólio e dá outras providências".</t>
+  </si>
+  <si>
+    <t>672</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>Dalmir Rodrigues</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/672/pl_ord1.pdf</t>
+  </si>
+  <si>
+    <t>"institui a campanha de valorização da vida denominada "setembro amarelo" e o dia municipal de prevenção ao suicídio no calendário oficial do Município de Capitólio".</t>
+  </si>
+  <si>
+    <t>684</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/684/001_-_pl_ordinaria_069_2025_-_abono_natalino_servidores_municipio.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a concessão de abono aos servidores públicos da administração direta do Município de Capitólio e dá outras providências".</t>
+  </si>
+  <si>
+    <t>687</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/687/001_-_pl_ordinaria_070_2025_-_abert._credito_premiacao_boas_praticas.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para concessão de premiação vinculada ao prêmio de reconhecimento de práticas inovadoras em educação e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>688</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/688/001_-_pl_ordinaria_071_2025_-_instituicao_do_premio_praticas.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a instituição do prêmio de reconhecimento de práticas inovadoras em educação e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>689</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/689/001_-_pl_ordinaria_072_2025_-_abertura_credito_horas_maquina_retro_do_cimlago.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para pagamento de horas máquinas pela cessão de restroescavadeira do CIMLAGO – consórcio intermunicipal multifinalitário dos Municípios do Lago de Furnas.”</t>
+  </si>
+  <si>
+    <t>690</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/690/001_-_pl_ordinaria_073_2025_-_gratificacao_natalina_servidores_cmc.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza pagamento de gratificação natalina aos servidores da Câmara Municipal de Capitólio.”</t>
+  </si>
+  <si>
+    <t>693</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/693/001_-_pl_ordinaria_074_2025_-_reconhece_chora_bananeira_de_utilidade_publica.pdf</t>
+  </si>
+  <si>
+    <t>“Reconhece de utilidade pública o Instituto Maestro Abiud Almeida Bloco Chora Bananeira.”</t>
+  </si>
+  <si>
+    <t>694</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/694/001_-_pl_ordinaria_075_2025_-_altera_lei_no_2.380.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a alteração do art. 1º da Lei Municipal nº 2.380/2023, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/752/001-pl2.pdf</t>
+  </si>
+  <si>
+    <t>“Institui e inclui no calendário oficial de eventos do Município de Capitólio-MG o “Dia florescer da autoestima da mulher” e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>801</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/801/001_-_pl_ordinaria_077_2025_-_incentivo_financeiro_farmaceutico_-_farmacia_de_minas.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo Municipal a realizar o repasse de incentivo financeiro em favor do(s) farmacêutico(s) responsável(eis) técnico(s) que atua(m) na unidade da Rede Farmácia De Minas e dá outras providências".</t>
+  </si>
+  <si>
+    <t>802</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/802/001_-_pl_ordinaria_078_2025_-_concessao_e_prorrogacao_de_lip.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o procedimento para a concessão e prorrogação de Licença para tratar de Interesses Particulares.”</t>
+  </si>
+  <si>
+    <t>803</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/803/001_-_pl_ordinaria_079_2025_-_alteracao_da_lei_2.345_de_14_de_junho_de_2.023.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre alteração do art. 3º da Lei Ordinária nº 2.345, de 14 de junho de 2023 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>804</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/804/001_-_pl_ordinaria_080_2025_-_reforma_e_ampliacao_casa_rosa.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para reforma e ampliação da Casa Rosa com recursos de repasse da união.”</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/813/001_-_pl_ordinaria_081_2025_-_abertura_credito_recurso_vaar.pdf</t>
+  </si>
+  <si>
+    <t>“dispõe sobre abertura de crédito adicional especial para utilização dos recursos do VAAR.”</t>
+  </si>
+  <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/815/001_-_pl_ordinaria_082_2025_-_altera_lei_ordinaria_1.652.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre alteração do art. 4-a da Lei Ordinária 1.652 de 20 de março de 2.013 e dá outras providências".</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/824/pl_ordinaria_083_2025_-altera_art._3o_da_lei_2.422.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre alteração do Art. 3º inciso I, da Lei 2.422/2024 e dá outras providências".</t>
+  </si>
+  <si>
+    <t>825</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/825/pl_ordinaria_084_2025_-_autoriza_concessao_de_uso_imovel.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo conceder o uso, através de processo licitatório, do imóvel público que menciona, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/826/pl_ordinaria_085_2025_-_altera_art.33_da_lei_1.466.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre alteração do artigo 33 da lei 1.466 de 24 e junho de 2008, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_ordinaria_086_2025_-_alteral_lei_1.654_concessao_bolsa_de_estagio.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a alteração da Lei 1.654/2013 que dispõe sobre a concessão de bolsa de estágio, fixa a carga horária, nos termos da Lei Federal nº 11.788/2008, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/829/001_-_pl_ordinaria_087__2025_-_vale_alimentacao.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de vale alimentação mensal aos Parlamentares e Servidores Municipais do Poder Legislativo de Capitólio que especifica, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>841</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/841/001_-_pl_ordinaria_088_2025_-_gestantes_recebimento_de_enxoval.pdf</t>
+  </si>
+  <si>
+    <t>“Estabelece que as mulheres gestantes em estado de vulnerabilidade econômica que realizaram o pré-natal no Sistema Municipal de Saúde de Capitólio, terão direito ao recebimento de um enxoval ao final do pré-natal e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>842</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/842/001_-_pl_ordinaria_089__2025_-_abert._cred._devolucao_recurso_defesa_civil.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para devolução de saldo remanescente do recurso da Defesa Civil sendo portaria 1110 de 2025”.</t>
+  </si>
+  <si>
+    <t>843</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/843/001_-_pl_ordinaria_090__2025_-_abert._cred._repasse_emenda_a_santa_casa.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para repasse de recursos a Santa Casa de Caridade de Capitólio com recursos da emenda parlamentar número 27560007”</t>
+  </si>
+  <si>
+    <t>844</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/844/001_-_pl_ordinaria_091_2025_-_abert._cred._construcao_ponte_macaubas.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre abertura de crédito adicional especial para construção de Ponte na Estrada da Macaúbas recurso próprio —contra partida”</t>
+  </si>
+  <si>
+    <t>845</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/845/001_-_pl_ordinaria_092_2025_-_altera_lei_1.056_de_1995.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a alteração da Lei 1.056/1995 dispõe sobre isenção do pagamento de IPTU e dá outras providências".</t>
+  </si>
+  <si>
+    <t>848</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/848/001_-_pl_ordinaria_093_2025_-_autoriza_concessao_de_subvencao.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza a concessão de subvenções, auxílios financeiros, contribuições e dá outras providências".</t>
+  </si>
+  <si>
+    <t>881</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/881/001_-_pl_ordinaria_094_2025_-_declara_assoc._de_catadores_de_utilid._publica.pdf</t>
+  </si>
+  <si>
+    <t>“Reconhece de utilidade pública a Associação de Catadores de Material Reciclável de Capitólio - ACAMARC”</t>
+  </si>
+  <si>
+    <t>335</t>
+  </si>
+  <si>
+    <t>P.RES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/335/projeto_de_resolucao_001_-_institui_o_programa_de_integridade.pdf</t>
+  </si>
+  <si>
+    <t>"Institui o programa de fomento à integridade pública, compliance e à gestão de riscos no âmbito da câmara municipal de capitólio, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>336</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/336/001_-_p_resolucao_002_2025_-_regulamenta_a_ouvidoria.pdf</t>
+  </si>
+  <si>
+    <t>"Regulamenta no âmbito da Câmara Municipal de Capitólio a ouvidoria legislativa, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/337/001_-_p__resolucao__003_2025_-_regulamenta_lei_de_acesso_a_informacao.pdf</t>
+  </si>
+  <si>
+    <t>"Regulamenta, no âmbito da Câmara Municipal de Capitólio, a lei de acesso à informação (lei federal nº 12.527, de 18 de novembro de 2011), e dá outras providências."</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/432/001_-_p_resolucao_004_2025_-_consignado_camara.pdf</t>
+  </si>
+  <si>
+    <t>“Regulamenta no âmbito da Câmara Municipal de Capitólio as consignações em folha de pagamento para os servidores, ativos, inativos, pensionistas, comissionados e agentes políticos e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/471/pl_resolucao_005_-_altera_resolucao_09_de_2024.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a resolução nº 009/2024 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/472/pl_resolucao_006_-_regulamenta_doacao_de_bens_patrimoniais.pdf</t>
+  </si>
+  <si>
+    <t>"Declara inservíveis os bens que especifica e regulamenta no âmbito da câmara municipal de capitólio a doação destes bens patrimoniais e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/522/001_-_p_resolucao_007_2025_-_diarias_do_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a fixação dos valores das diárias concedidas aos Vereadores e Servidores do Poder Legislativo Municipal de Capitólio/MG e dá outras Providências".</t>
+  </si>
+  <si>
+    <t>553</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/553/001_-_p_resolucao_008_2025_-_autoriza_a_execucao_do_orcamento_da_camara_para_2026.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza a execução do orçamento programa da entidade para o exercício de 2026”.</t>
+  </si>
+  <si>
+    <t>554</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/554/001_-_p_resolucao_009_2025_-_regulamenta_programa_camara_digital.pdf</t>
+  </si>
+  <si>
+    <t>“Regulamenta a aplicação da lei federal nº 14.129, de 29 de março de 2021, no âmbito da Câmara Municipal de Capitólio – Estado de Minas Gerais, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>598</t>
+  </si>
+  <si>
+    <t>Logan</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/598/p_resolucao_010_2025_-_criacao_procuradoria_dos_animais.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a criação da Procuradoria Especial da Defesa, Proteção e Direitos dos Animais, no âmbito do Poder Legislativo de Capitólio e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>618</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/618/p_resolucao_011_2025_-_criacao_procon_camara.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a criação, organização e regulamentação do Programa de Proteção e Defesa do Consumidor – PROCON CÂMARA no âmbito do Legislativo Municipal de Capitólio, e dá outras providencias”.</t>
+  </si>
+  <si>
+    <t>635</t>
+  </si>
+  <si>
+    <t>CFOTC - Comissão de Finanças, Orçamentos e Tomada de Contas</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/635/001_-_p_resolucao_012_2025_-_aprovacao_das_contas_do_executivo_exercicio_2023.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a aprovação das contas do Prefeito Municipal de Capitólio, relativas ao exercício financeiro de 2023, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>671</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/671/p_resolucao_013__2025_-_autoriza_descaracterizacao_de_documentos_publicos.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza a descaracterização de documentos arquivísticos públicos do arquivo da Câmara Municipal de Capitólio, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>816</t>
+  </si>
+  <si>
+    <t>João Getúlio</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/816/001_-_p_resolucao_014_2025_-_nomeia_procon_camara_-_olimpio_delmino.pdf</t>
+  </si>
+  <si>
+    <t>“Nomeia as dependências do Programa de Proteção e Defesa do Consumidor – PROCON câmara, no âmbito do Legislativo Municipal de Capitólio – MG, e dá outras providencias”.</t>
+  </si>
+  <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/830/001_-_p_resolucao_015__2025_-_tabela_de_temporalidade.pdf</t>
+  </si>
+  <si>
+    <t>“Institui a tabela de temporalidade e destinação de documentos no âmbito da Câmara Municipal de Capitólio, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/831/001_-_p_resolucao_016__2025_-_lgpd.pdf</t>
+  </si>
+  <si>
+    <t>“Regulamenta a aplicação da Lei nº 13.709, de 14 de agosto de 2018 – Lei Geral de Proteção de Dados Pessoais (LGPD), no âmbito da Câmara Municipal de Capitólio – Estado de Minas Gerais”.</t>
+  </si>
+  <si>
+    <t>786</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/786/001_-_requerimento_001_2025_-_leticia_-_solicitacao_licenca_maternidade.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a concessão de Licença Maternidade</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/787/001_-_requerimento_002_2025_-_gabriel_-_mocao_de_congratulacao_e_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>Solicita “Moção de Congratulação e Aplausos” ao Capitolino José Gonçalves Amorim (Zé do Nelson).</t>
+  </si>
+  <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>Edgley Amorim</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/788/001_-_requerimento_003_2025_-_edgley_-_cessao_do_plenario_para_palestra_pm.pdf</t>
+  </si>
+  <si>
+    <t>Cessão do Plenário para realização de reunião com a Polícia Militar.</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/789/001_-_requerimento_004_2025_-_logan_-_cessao_do_plenario_para_reuniao_com_professores.pdf</t>
+  </si>
+  <si>
+    <t>Cessão do Plenário para realização de reunião com professores e educadores de Capitólio.</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/790/001_-_requerimento_005_2025_-_leticia_-__relacao_de_oficios_indicacoes_e_requerimentos.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhada relação completa de todos os ofícios, indicações e requerimentos encaminhados  por mim, pelo vereador Renato e pela ex-vereadora Eliza que, até a presente data, não obtiveram resposta formal dos destinatários.</t>
+  </si>
+  <si>
+    <t>791</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/791/001_-_requerimento_006_2025_-_leticia_-_adeq._na_forma_de_publicar_dados_sensiveis.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado pelo setor responsável da Câmara Municipal de Capitólio, a adequação na forma de publicar dados sensíveis no Projeto de Lei Ordinária nº 048 de 2025.</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>Cláudio Ramos, Edgley Amorim, Gabriel, João Getúlio, Letícia Vallory, Logan, Renato Mecânico, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/792/001_-_requerimento_007_2025_-_vereadores_20a_legislatura_-_concocacao_de_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>Convocação de Sessão Extraordinária</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/793/001_-_requerimento_008_2025_-_leticia_-_cumprimento_da_lei_2.297_de_2022_agenda_transarente.pdf</t>
+  </si>
+  <si>
+    <t>Que seja verificado o cumprimento da Lei Municipal nº 2.297/2022 (Agenda Transparente) no âmbito da Câmara Municipal de Capitólio.</t>
+  </si>
+  <si>
+    <t>794</t>
+  </si>
+  <si>
+    <t>Edgley Amorim, Gabriel, João Getúlio, Logan, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/794/001_-_requerimento_009_2025_-_logan_edgley_joao_sirlei_gabriel__-_convocacao_de_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>795</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/795/001_-_requerimento_010_2025_-_controladoria_-_realizacao_de_audiencia_publica.pdf</t>
+  </si>
+  <si>
+    <t>796</t>
+  </si>
+  <si>
+    <t>Cláudio Ramos, Edgley Amorim, Gabriel, João Getúlio, Logan, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/796/001-re1.pdf</t>
+  </si>
+  <si>
+    <t>Reapresentação do Projeto de Lei Complementar nº 011/2025.</t>
+  </si>
+  <si>
+    <t>797</t>
+  </si>
+  <si>
+    <t>Cláudio Ramos, Edgley Amorim, João Getúlio, Logan, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/797/001_-_requerimento_012_2025_-_logan_edgley_joao_sirlei_claudio_-_concocacao_de_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>798</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/798/001_-_requerimento_013_2025_-_concocacao_de_extraordinaria.pdf</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_014_2025_-_leticia_-_inconsistencia_sapl.pdf</t>
+  </si>
+  <si>
+    <t>"Solicitar esclarecimentos e providências quanto a inconsistências identificadas no Sistema de Apoio ao Processo Legislativo- SAPL."</t>
+  </si>
+  <si>
+    <t>888</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_015_2025_-_leticia_-_votacao_em_destaque.pdf</t>
+  </si>
+  <si>
+    <t>"Questionamento sobre a correta aplicação do procedimento técnico relativo à votação em destaque, prevista no Art. 142 do Regimento Interno".</t>
+  </si>
+  <si>
+    <t>889</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/889/001_-requerimento_016_2025_-_leticia_-_solicita_retirada_de_projeto.pdf</t>
+  </si>
+  <si>
+    <t>"Solicita retirada do PLO nº 088/2025".</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/415/002_-_mocao_001_2025_-_gabriel_-_congratulacao_e__aplausos_ze_do_nelson.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de Moção Congratulação e Aplausos</t>
+  </si>
+  <si>
+    <t>339</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_001_2025-_joao_getulio_-_solicitacao_estacionamento_pne.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de vaga para portadores de necessidades especiais.</t>
+  </si>
+  <si>
+    <t>340</t>
+  </si>
+  <si>
+    <t>Eliza da Saúde, Renato Mecânico</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_002_2025-_elizabete_e_renato_-_repasse_do_saldo_das_fichas_orcamentarias_as_entidades.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação para repasse do saldo das fichas orçamentárias às entidades e necessidades do Município.</t>
+  </si>
+  <si>
+    <t>341</t>
+  </si>
+  <si>
     <t>https://sapl.capitolio.mg.leg.br/media/</t>
   </si>
   <si>
-    <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO_x000D_
-[...943 lines deleted...]
-CEMEI - Nova Capitólio.</t>
+    <t>Instalação de quebra-molas e faixa de pedestre no entorno do novo CEMEI - Nova Capitólio.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>Canalização do córrego que deságua no Virgílio, localizado em_x000D_
-[...1 lines deleted...]
-a Orla, com projeto de arborização e integração de áreas verdes no entorno.</t>
+    <t>Canalização do córrego que deságua no Virgílio, localizado em frente ao CEMEI, e do córrego que dá acesso ao bairro Ambrósio até próximo a Orla, com projeto de arborização e integração de áreas verdes no entorno.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_005_2025_-_elizabete_e_renato_-_asfalto_acesso_a_escarpas.pdf</t>
   </si>
   <si>
-    <t>Indicação para o asfaltamento das vias conhecidas como "Rua das_x000D_
-[...2 lines deleted...]
-Guapé.</t>
+    <t>Indicação para o asfaltamento das vias conhecidas como "Rua das Margaridas" e sua transversal denominada "Fazenda 3" no Google Maps, que conectam o asfalto que dá acesso à Escarpas com o asfalto que conduz a Guapé.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_006_2025_-_logan_-_instalacao_de_quebra-molas.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa, este Vereador indica a instalação de quebra-molas na rua José Rocha, n°50.</t>
+    <t>Instalação de quebra-molas na rua José Rocha, n°50.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_007_2025_-_logan_-_instalacao_de_guarda_corpo.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-Sebastião Alves Leonel com a rua Antônio Hortêncio Ramos.</t>
+    <t>Indica a instalação de guarda corpo na esquina da Rua Sebastião Alves Leonel com a Rua Antônio Hortêncio Ramos.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_008_2025_-_logan_-_instalacao_de_quebra-molas.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-Maria José.</t>
+    <t>Indica a instalação de placa de sinalização de trânsito na Rua Maria José.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_009_2025_-_joao_getulio_-_ampliacao_rotas_transporte_trabalhadores.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-Trabalhadores</t>
+    <t>Indica a Ampliação de Rotas do Transporte Público Gratuito de Trabalhadores</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>Edgley Amorim</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_010_2025_-_edgley_-_crias_cargos_para_monitor_de_onibus_escolar.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa_x000D_
-[...2 lines deleted...]
-especialmente crianças e estudantes com necessidades especiais</t>
+    <t>Indicação visando melhorar a segurança e o bem-estar dos alunos que utilizam o transporte escolar, especialmente crianças e estudantes com necessidades especiais</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>Eliza da Saúde</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_011_2025_-_elizabete_-_instalacao_cameras_segurancas_creches_e_escolas.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa_x000D_
-[...1 lines deleted...]
-pontos estratégicos da cidade; todas escolas e creches do municipio.</t>
+    <t>Indica a instalação de câmeras de segurança em pontos estratégicos da cidade; todas escolas e creches do Município.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_012_2025_-_elizabete_-_implementacao_de_transporte_circular.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-afastados: Cidade Jardim, Agua das Vertentes, Ponta do Sol e Turvo.</t>
+    <t>Indica a implementação de circulares nos bairros e vilas mais afastados: Cidade Jardim, Água das Vertentes, Ponta do Sol e Turvo.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_013_2025_-_elizabete_-_implantacao_de_ciclovia_na_avenida.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-à Rua José Pereira Machado e Mário José de Oliveira.</t>
+    <t>Indica a implantação de ciclovia na avenida em construção, paralela à Rua José Pereira Machado e Mário José de Oliveira.</t>
+  </si>
+  <si>
+    <t>914</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_014_2025_-_elizabete_-aquisicao_de_manilhas_mata-burros_e_maquinarios_retirada_pela_vereadora_2a_reuniao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de manilhas, mata-burros e maquinários para manutenção das estradas rurais.  (Obs.: Retirada pelo Autor)</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_015_2025_-_elizabete_-implantacao_do_servico_de_especialidade_em_saude_bucal.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa_x000D_
-[...1 lines deleted...]
-Especialidade em Saúde Bucal.</t>
+    <t>Indica a adesão e implantação do serviço de Especialidade em Saúde Bucal.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao_016_2025_-_elizabete_-_reajuste_e_valorizacao_salarial_para_auxiliares_de_enfermagem_e_auxiliares_em_saude_bucal.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa_x000D_
-[...2 lines deleted...]
-salarial.</t>
+    <t>Indica um Reajuste e Valorização Salarial para Auxiliares de Enfermagem e Auxiliares em Saúde Bucal devido à defasagem salarial.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_017_2025_-_elizabete_-_reajuste_e_valorizacao_salarial_para_tecnicos_em_enfermagem.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-Enfermagem.</t>
+    <t>Indica um Reajuste e Valorização Salarial dos Técnicos em Enfermagem.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_018_2025_-_elizabete_-_fornecimento_de_uniformes_e_kits_bucais_as_escolas.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-Municipais.</t>
+    <t>Indica o Fornecimento de Uniformes e Kits Bucais às Escolas Municipais.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_019_2025_-_elizabete_-__instalacao_de_bancos_nas_pracas_do_bairro_cidade_jardim..pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-esta Vereadora Indica a Instalação de Bancos nas Praças do Bairro Cidade Jardim.</t>
+    <t>Indica a Instalação de Bancos nas Praças do Bairro Cidade Jardim.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>Sirlei do Grotão</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_020_2025_-_sirlei_-_criacao_cargos_para_gari.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-este Vereador indica a Criação do Cargo de Gari no Município de Capitólio.</t>
+    <t>Indica a Criação do Cargo de Gari no Município de Capitólio.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao_021_2025_-_elizabete_-_manutencao_estradas_vicinais_migueis_e_onca.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa_x000D_
-[...1 lines deleted...]
-localidades Miguéis e Onça no Município de Capitólio.</t>
+    <t>Indica a manutenção das estradas vicinais situadas nas localidades Miguéis e Onça no Município de Capitólio.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao_022_2025_-_ellizabete_-_alteracao_na_lei_municipal_no1.663_de_08_de_maio_de_2013..pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-este Vereador indica a alteração na lei municipal nº1.663 de 08 de maio de 2013.</t>
+    <t>Indica a alteração na lei municipal nº1.663 de 08 de maio de 2013.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao_023_2025_-_ellizabete_-_substituicao_da_grama_sintetica_da_prainha.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-este Vereador indica a substituição da Grama Sintética na Quadra da Prainha.</t>
+    <t>Indica a substituição da Grama Sintética na Quadra da Prainha.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_024_2025_-_ellizabete_-_instalacao_de_piso_emborrachado_ou_grama_sintetica_no_parquinho_da_orla_da_praia.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-Parquinho da Orla da Praia.</t>
+    <t>Instalação de Piso Emborrachado ou Grama Sintética no Parquinho da Orla da Praia.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_025_2025_-_ellizabete_-_instalacao_de_brinquedos_inclusivos_para_pcd_no_parquinho_da_orla_da_praia.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-da Orla da Praia.</t>
+    <t>Instalação de Brinquedos Inclusivos para PCD no Parquinho da Orla da Praia.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/416/indicacao_026_2025_-_elizabete_e_renato_-_cacamba_na_orla_da_ponta_do_sol.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-instalação de contêineres de lixo em pontos estratégicos das ruas.</t>
+    <t>Colocação de mais uma caçamba na Orla da Ponta do Sol e instalação de contêineres de lixo em pontos estratégicos das ruas.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/417/indicacao_027_2025_-_elizabete_e_renato_-_coleta_de_lixo_no_bairro_ponta_do_sol.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-do Sol.</t>
+    <t>Indica o aumento da Frequência de Coleta de Lixo no Bairro Ponta do Sol.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>Edgley Amorim, Sirlei do Grotão</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_028_2025_-_edgley_e_sirley_-_aquisicao_de_materiais_para_construcao_de_corredores_as_margens_das_estradas_vicinais.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa_x000D_
-[...1 lines deleted...]
-construção de corredores às margens das estradas vicinais do município.</t>
+    <t>Aquisição de materiais para construção de corredores às margens das estradas vicinais do Município.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_029_2025_-_elizabete_e_renato_-_colocacao_de_conteineres_no_bairro_residencial_vitoria_ze_cipo..pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...1 lines deleted...]
-Armazenamento de Lixo no Bairro Residencial Vitória (Zé Cipó).</t>
+    <t>Colocação de Contêineres em Pontos Estratégicos para Armazenamento de Lixo no Bairro Residencial Vitória (Zé Cipó).</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_030_2025_-_comissao_de_legislacao_justica_e_redacao_-_alteracao_da_lei_municipal_no_2.436.pdf</t>
   </si>
   <si>
-    <t>A Comissão de Legislação, Justiça e Redação - CLJIR, no uso de_x000D_
-[...4 lines deleted...]
-Trabalho (CLT).</t>
+    <t>Indica alterar o artigo 9º e artigo 11 da Lei Municipal nº 2.436/2025, visando adequá-la ao regime jurídico vigente dos servidores públicos municipais. Conforme está previsto na Consolidação das Leis do Trabalho (CLT).</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_031_2025_-_edgley_-_levantamento_de_demanda_e_oferta_do_eja.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...2 lines deleted...]
-município.</t>
+    <t>Indica que seja realizado um levantamento de demanda, e havendo interessados que seja ofertado o curso de Educação de Jovens e Adultos (EJA) no Município.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_032_2025_-_edgley_-_viabilidade_de_custear_cursos_de_pos-graduacao_na_area_de_educacao_inclusiva.pdf</t>
   </si>
   <si>
-    <t>Nos termos do Artigo 136 do Regimento Interno desta Casa Legislativa,_x000D_
-[...2 lines deleted...]
-de ensino.</t>
+    <t>Indica que seja realize um estudo sobre a viabilidade de custear cursos de pós-graduação na área de Educação Inclusiva para professores da rede municipal de ensino.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_033_2025_-_elizabete_e_renato_-__aquisicao_de_carro_7_lugares_adaptado_para_saude.pdf</t>
-[...5 lines deleted...]
-transporte de pessoas com necessidades especiais.</t>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_033_2025_-_elizabete_e_renato_-__aquisicao_de_carro_adaptado_para_saude.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de Carro 7 Lugares Adaptado para Saúde, para garantir maior conforto, segurança e acessibilidade no transporte de pessoas com necessidades especiais.</t>
+  </si>
+  <si>
+    <t>915</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_034_2025_-_edgley_e_jose_sirlei_-_concessao_de_subvencao_as_associacoes_de_bairro_e_associacoes_comunitarias_rurais_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Indica que seja analisada a possibilidade de concessão de subvenção às associações de bairro e associações comunitárias rurais do Município.</t>
+  </si>
+  <si>
+    <t>916</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_035_2025_-_edgley_-_desafetacao_e_leilao_de_lotes_municipais_para_construcao_de_moradias_sociais..pdf</t>
+  </si>
+  <si>
+    <t>Desafetação e leilão de lotes municipais para construção de moradias sociais.</t>
+  </si>
+  <si>
+    <t>917</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_036_2025_-_logan_-_pintura_de_faixas_de_pedestres_remocao_dos_canteiros_e_instalacao_de_quebra-molas.pdf</t>
+  </si>
+  <si>
+    <t>Pintura de faixas de pedestres no entorno da Praça da Igreja Matriz; avaliação da possibilidade de remoção dos canteiros localizados na Rua Cel. Lourenço Belo; análise da viabilidade para a instalação de um redutor de velocidade (quebra-molas) na Rua Jequitibá, na altura do número 190, no bairro Cidade Jardim.</t>
+  </si>
+  <si>
+    <t>918</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_037_2025_-_leticia_-_aquisicao_e_instalacao_de_playground_na_praca_flamboyant..pdf</t>
+  </si>
+  <si>
+    <t>Aquisição e instalação de playground na Praça Flamboyant.</t>
+  </si>
+  <si>
+    <t>919</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_038_2025_-_claudio_-_desconto_na_taxa_cosip.pdf</t>
+  </si>
+  <si>
+    <t>Indica para análise e estudo a possibilidade de concessão de desconto na Contribuição para Custeio do Serviço de Iluminação Pública (COSIP)</t>
+  </si>
+  <si>
+    <t>920</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_039_2025_-_edgley_-_implementacao_circular_cidade_jardim.pdf</t>
+  </si>
+  <si>
+    <t>Indica a implementação de transporte público coletivo para atender as demandas da população entre o Centro e o bairro Cidade Jardim.</t>
+  </si>
+  <si>
+    <t>921</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao_040_2025_-_edgley_-_implementacao_de_vale_alimentacao_para_os_servidores.pdf</t>
+  </si>
+  <si>
+    <t>Indica que seja analisada a possibilidade de conceder, ainda no exercício de 2025, o benefício de vale-alimentação aos servidores públicos municipais.</t>
+  </si>
+  <si>
+    <t>922</t>
+  </si>
+  <si>
+    <t>Cláudio Ramos, Dalmir Rodrigues, Edgley Amorim, Gabriel, João Getúlio, Logan, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_041_2025_-_claudio_dalmir_edgley_gabriel_joao_sirlei_e_logan_-_obras.pdf</t>
+  </si>
+  <si>
+    <t>Indicam que o executivo avalie a viabilidade técnica, jurídica e orçamentária da execução das seguintes obras de interesse público:_x000D_
+Construção de uma nova escola em local mais seguro na comunidade do Turvo;_x000D_
+Revitalização da Praia Artificial e da Orla de Capitólio;_x000D_
+Conclusão dos trechos 2, 3 e 4 da Avenida Perimetral;_x000D_
+Reforma na praça da Matriz;_x000D_
+Construção e/ou reforma de pontes;_x000D_
+Construção de bacias de contenção de água ao longo do curso do Córrego do Virgílio.</t>
+  </si>
+  <si>
+    <t>923</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_042_2025_-_logan_-_criacao_caps.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um Centro de Atenção Psicossocial – CAPS no Município de Capitólio/MG.</t>
+  </si>
+  <si>
+    <t>924</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_043_2025_-_edgley_-_projeto_de_reconhecimento_de_boas_praticas_na_educacao.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de ações voltadas ao reconhecimento de boas práticas educacionais, com base nas iniciativas do MEC.</t>
+  </si>
+  <si>
+    <t>925</t>
+  </si>
+  <si>
+    <t>Cláudio Ramos, Gabriel</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_044_2025_-_gabriel_e_claudio-_sugestao_de_providencias_a_serem_adotadas_nos_bairros_ambrosio_e_gatao.pdf</t>
+  </si>
+  <si>
+    <t>Indicam à Prefeitura Municipal que sejam adotadas as seguintes providências:_x000D_
+Construção de calçadas em toda a extensão do Bairro Ambrósio;_x000D_
+Conclusão do asfaltamento das duas ruas que ainda não foram pavimentadas no Bairro Ambrósio;_x000D_
+Finalização das calçadas inacabadas no Bairro Água das Vertentes (Loteamento Gatão);_x000D_
+Construção de calçada na praça construída no Bairro Vitória (Loteamento Zé Cipó);_x000D_
+Força-tarefa com a equipe de infraestrutura no Bairro Ambrósio para limpeza e embelezamento do bairro;_x000D_
+Finalização da praça do Bairro Ambrósio, com instalação de bancos, plantio de árvores e paisagismo;_x000D_
+Manutenção periódica das calçadas nos Bairros Água das Vertentes e Ambrósio;_x000D_
+Adequação da iluminação pública e implantação de sinalização adequada nos locais contemplados;_x000D_
+Execução de melhorias de acessibilidade com rampas e ajustes de nível nas calçadas.</t>
+  </si>
+  <si>
+    <t>926</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/926/indicacao_045_2025_-_joao_getulio_-_analise_da_viabilidade_de_proibir_o_trafego_de_caminhoes_e_onibus.pdf</t>
+  </si>
+  <si>
+    <t>Análise da viabilidade de proibir o tráfego de caminhões e ônibus em trecho específico da Rua Antônio Hortêncio.</t>
+  </si>
+  <si>
+    <t>927</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/927/indicacao_046_2025_-_gabriel_e_claudio_-_contratar_uma_empresa_especializada_em_servicos_de_zeladoria_urbana.pdf</t>
+  </si>
+  <si>
+    <t>Indica que o Executivo Municipal estude a viabilidade de contratar uma empresa especializada em serviços de zeladoria urbana, com a finalidade de manter a limpeza e conservação da cidade.</t>
+  </si>
+  <si>
+    <t>928</t>
+  </si>
+  <si>
+    <t>Renato Mecânico</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_047_2025_-_renato_-_solicitacao_de_instalacao_de_quebra-molas.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal que determine ao setor competente da Prefeitura a instalação de dois quebra-molas na Rua José Avelino de Oliveira, no trecho localizado no Bairro Levi Teodoro, bem como a instalação de um quebra-molas na estrada vicinal sentido da Serra, nas proximidades do loteamento do Patrick, todos acompanhados das devidas sinalizações de advertência, conforme previsto na legislação de trânsito.</t>
+  </si>
+  <si>
+    <t>929</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_048_2025_-_gabriel_e_claudio_-_manutencao_pontes_e_parklet_s.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Executivo Municipal:_x000D_
+Manutenção e alargamento urgente em algumas pontes da zona rural;_x000D_
+Avaliação e estudo de viabilidade técnica, para a instalação de redutores de velocidade nas ruas do bairro Água das Vertentes;_x000D_
+Avaliação e estudo de viabilidade técnica, para a instalação de semáforos para a travessia de pedestres, anexos aos semáforos já existentes para o trânsito;_x000D_
+Análise de viabilidade para construção Parklet’s pela cidade, especialmente, nas áreas com mais circulação e aglomeração de pessoas. Ou seja, próximo à restaurantes, lanchonetes, barzinhos, etc.</t>
+  </si>
+  <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_049_2025_-_dalmir_-_solicitacao_de_analise_de_gratificacao_natalina_aos_servidores_pubicos.pdf</t>
+  </si>
+  <si>
+    <t>Análise de concessão de uma gratificação natalina no valor de R$ 500,00 (quinhentos reais) aos Servidores Públicos Municipais.</t>
+  </si>
+  <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>Dalmir Rodrigues, Edgley Amorim, João Getúlio</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_050_2025_-_dalmir_edgley_e_joao_getulio-_solicitacao_de_analise_sobre_estacionamento_diagonal_e_sentido_unico_na_rua_sao_sebastiao.pdf</t>
+  </si>
+  <si>
+    <t>Indicam que seja analisada, junto à Secretaria competente, a viabilidade de implantação de estacionamento em diagonal e vias públicas;_x000D_
+Que seja instituído o sistema de mão única na Rua São Sebastião, no sentido da Praça da Matriz até a Rua Monsenhor Mário da Silveira, com implantação de estacionamento em diagonal;_x000D_
+Que seja implantado estacionamento em diagonal na Rua Monsenhor Mário da Silveira, no trecho entre a Rodoviária e a Rua Dr. Avelino de Queiroz;_x000D_
+Que seja instituído o sistema de mão única na Rua Monsenhor Mário da Silveira, no trecho entre a Rua São Sebastião e Coronel Lourenço Belo, com implantação de estacionamento diagonal;_x000D_
+Que seja destinadas vagas de estacionamento exclusivo para motos na Rua César Maia, no espaço compreendido entre o Restaurante Bar Central e a Pizzaria Sô Belo.</t>
+  </si>
+  <si>
+    <t>932</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_051_2025_-_edgley_e_jose_sirlei_-_doacao_de_mudas_de_cafe_e_calcario_aos_pequenos_produtores.pdf</t>
+  </si>
+  <si>
+    <t>Inclusão de recurso para doação de mudas de café no Orçamento Municipal de 2026, complementação do valor que se pretende destinar e ajustes à legislação vigente.</t>
+  </si>
+  <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_052_2025_-_renato_-_solicitacao_de_contencao_e_limpeza_de_vegetacao_flutuante_na_represa_retirada_pelo_autor.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de contenção e limpeza de vegetação flutuante na represa da Entrada da Cidade._x000D_
+(Obs.: Retirada pelo Autor)</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_053_2025_-_logan_-_sugere_nomeacao_para_o_novo_psf_rural_retirada_pelo_autor.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que denomine o novo PSF Rural de Capitólio com o nome de “Sebastião Soares Machado – Tião do Suta”. (Obs.: Retirada pelo Autor)</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>Cláudio Ramos, Dalmir Rodrigues, Edgley Amorim, Gabriel, João Getúlio, Logan, Renato Mecânico, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_054_2025_-_claudio_logan_joao_dalmir_gabriel_eddley_sirlei_renato_-_implantacao_do_tratamento_de_agua_via_copasa_na_macaubas_e_no_turvo.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Chefe do Poder Executivo Municipal que seja solicitado junto à COPASA a ampliação do serviço de tratamento e distribuição de água no Município de Capitólio, estendendo-o às comunidades de Macaúbas e Turvo.</t>
+  </si>
+  <si>
+    <t>937</t>
+  </si>
+  <si>
+    <t>Cláudio Ramos, Dalmir Rodrigues, Edgley Amorim, Gabriel, João Getúlio, Letícia Vallory, Logan, Renato Mecânico, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_055_2025_-_vereadores_da_20a_legislatura_-_canalizacao_do_corrego_do_virgilio.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Executivo Municipal que determine ao setor competente a continuidade da canalização do Córrego do Virgílio, utilizando aduelas de concreto.</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_056_2025_-_vereadores_da_20a_legislatura-_sugestao_nome_psf_bela_vista_isabelinha.pdf</t>
+  </si>
+  <si>
+    <t>Indicar ao Executivo Municipal que analise a possibilidade de nomear o PSF que está em construção no bairro Bela Vista como Isabel Alves Ferreira (Dona Isabelinha).</t>
+  </si>
+  <si>
+    <t>938</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_057_2025_-_vereadores_da_20a_legislatura-_melhorias_e_manutencoes_nas_vias_publicas.pdf</t>
+  </si>
+  <si>
+    <t>indicam ao Chefe do Poder Executivo Municipal a adoção de providências visando à execução de serviços de limpeza e manutenção urbana em todos os bairros da cidade, compreendendo:_x000D_
+Capina e roçagem de áreas públicas;_x000D_
+Varrição de vias e logradouros;_x000D_
+Pintura de meios-fios e sinalização horizontal de trânsito;_x000D_
+Operação tapa-buracos e reparos no pavimento.</t>
+  </si>
+  <si>
+    <t>939</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_058_2025_-_vereadores_da_20a_legislatura_-_limpeza_de_bueiros_e_galerias_pluviais.pdf</t>
+  </si>
+  <si>
+    <t>Indicam que seja realizada a limpeza de bueiros e galerias pluviais.</t>
+  </si>
+  <si>
+    <t>940</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_059_2025_-_vereadores_da_20a_legislatura_-_prevencao_de_queimadas..pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Poder Executivo que realize estudos técnicos visando à implantação de aceiros nas áreas rurais do Município, especialmente nas regiões da Serra, Grotão e Tamborete, bem como à criação de uma brigada municipal de prevenção e combate a incêndios florestais.</t>
+  </si>
+  <si>
+    <t>941</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_060_2025_-_leticia_-_implantacao_de_parquinho_no_bairro_nossa_senhora_de_fatima.pdf</t>
+  </si>
+  <si>
+    <t>Sugere a implantação de uma praça com parquinho infantil na Rua José da Mata Leonel, Bairro Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>942</t>
+  </si>
+  <si>
+    <t>Letícia Vallory, Renato Mecânico</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/942/indicacao_061_2025_-_renato_leticia_-_melhorias_praca_cmei_irma_irene..pdf</t>
+  </si>
+  <si>
+    <t>Manutenção da iluminação e implantação de sinalização na praça do CMEI Irmã Irene.</t>
+  </si>
+  <si>
+    <t>943</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/943/indicacao_062_2025_-_renato_-_retirada_redutor_de_velocidade_proximo_a_igreja_de_n.s._de_fatima.pdf</t>
+  </si>
+  <si>
+    <t>Retirada de um redutor de velocidade próximo à Igreja Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>944</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_063_2025_-_vereadores_da_20a_legislatura_-_aquisicao_de_maquina_para_pintura_da_sinalizacao_horizontal_e_meios-fios_das_vias_publicas.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de máquina para pintura da sinalização horizontal e meios-fios das vias públicas.</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/945/indicacao_064_2025_-_vereadores_da_20a_legislatura_-_criacao_de_um_espaco_multicultural_no_predio_onde_funcionava_o_antigo_matadouro_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um Espaço Multicultural no prédio onde funcionava o antigo Matadouro Municipal.</t>
+  </si>
+  <si>
+    <t>946</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/946/indicacao_065_2025_-_edgley_-_sugerir_o_aumento_do_numero_de_vagas_para_o_cargo_de_monitor_de_transpote_escolar.pdf</t>
+  </si>
+  <si>
+    <t>Sugerir o aumento do número de vagas do cargo de monitores do transporte escolar.</t>
+  </si>
+  <si>
+    <t>947</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_066_2025_-_logan_-_adequacao_adicional_insalubridade.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que faça um estudo jurídico e financeiro para adequar o cálculo e pagamento do adicional de insalubridade aos servidores municipais.</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/948/indicacao_067_2025_-_leticia_-_aderir_resolucao_estadual_kit_maternidade.pdf</t>
+  </si>
+  <si>
+    <t>Solicita adesão ao projeto estadual “Filhos de Minas” (Resolução Estadual nº 9.9984 de 2025) – distribuição de kits maternidade.</t>
+  </si>
+  <si>
+    <t>949</t>
+  </si>
+  <si>
+    <t>Edgley Amorim, Logan</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/949/indicacao_068_2025_-_logan_e_edgley_-_placas_ruas.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal que providencia a instalação de placas com os nomes de logradouros em Capitólio.</t>
+  </si>
+  <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_069_2025_-_logan_e_edgley_-_calendario_de_eventos_turisticos_anual.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Município de Capitólio que determine a elaboração de um Calendário Anual de Eventos Festivos e Culturais do Município de Capitólio.</t>
+  </si>
+  <si>
+    <t>951</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_070_2025_-_logan-__reforma_gramado_sintetico_praia.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a necessidade de reforma do gramado sintético da quadra de futebol society localizada na Praia Artificial de Capitólio.</t>
+  </si>
+  <si>
+    <t>952</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_071_2025_-_sirlei_e_edgley_-_reforma_e_alargameto_da_ponte_da_divisa_capitolio_e_guape.pdf</t>
+  </si>
+  <si>
+    <t>Indica que o Poder Executivo Municipal, por meio do setor competente, adote as providências necessárias para a reforma e o alargamento da ponte localizada na divisa do Município de Capitólio com o Município de Guapé, mediante parceria e cooperação institucional com o Prefeito do Município vizinho, considerando tratar-se de obra de interesse comum entre as duas localidades.</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>PELO</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/828/pl_01_2025_-_proposta_emenda_lei_organica.pdf</t>
+  </si>
+  <si>
+    <t>“Revoga, altera e dá nova redação à Lei Orgânica do Município de Capitólio/MG, conforme emenda constitucional nº 132 de dezembro de 2023, que alterou o sistema tributário nacional, promove medidas de desjudicialização de litígios entre fisco e contribuinte, e dá outras providências”.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/325/pl_complementar_001_2025__altera_lc_037.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 037, de 16 de maio de 2023, que institui a licença para desempenho de mandado classista no Município de Capitólio/MG e dá outras providencias.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/326/001_-_pl_complementar_002_2025__criacao_centro_educacional.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do centro educacional professor Ener Eustáquio Oliveri soares e dá outras providências.”</t>
   </si>
@@ -1651,53 +2293,50 @@
   <si>
     <t>397</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/397/001_-_pl_complementar_004_2025_-_alteracao_lc_n_003.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da lei complementar nº 003, de 21 de fevereiro de 2.020, que dispõe sobre a organização da estrutura administrativa do poder executivo do Município de Capitólio, Estado de Minas Gerais e dá outras providências.”</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/399/001_-_pl_complementar_005_2025_-_alteracao_lc_n_001.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar nº 001, de 05 de abril de 1995, que dispõe sobre a criação e reestruturação de  empregos de carreia da Prefeitura Municipal de Capitólio/MG e dá outras providencias".</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/401/pl_complementar_006_2025_-_alteracao_art._16_da_lc_18.pdf</t>
   </si>
   <si>
-    <t>“Dispõe sobre alteração do art. 16 da Lei Complementar 018 de 05 de novembro de 2019 e dá outras providências.”</t>
-[...1 lines deleted...]
-  <si>
     <t>402</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/402/pl_complementar_007_2025_-_aprova_loteamento_de_imovel.pdf</t>
   </si>
   <si>
     <t>"Aprova loteamento de imóvel de propriedade do Município e o define como de interesse social e dá outras providências."</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/458/pl_complementar_008_2025_-_altera_art._89_da_lc_007.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração do art. 89 da Lei Complementar nº 007, de 24 de dezembro de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/620/pl_complementar_009_2025_-_criacao_cmei_altera_lc_053_de_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de centro  municipal de educação infantil no Município de Capitólio /MG, da alteração da redação da LC 053/2025, e dá outras providências".</t>
@@ -1706,50 +2345,140 @@
     <t>621</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/621/pl_complementar_010_2025_-_altera_lc_01_de_05_de_abril_de_1995.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar nº 001, de 05 de abril de 1995, que dispõe sobre a criação e reestruturação de empregos de carreia da Prefeitura Municipal de Capitólio/MG e dá outras providências".</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/636/001_-_pl_complementar_011_2025_-_desafetacao_e_alienacao_de_areas_institucionais.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a desafetação de áreas institucionais e autoriza sua alienação por meio de leilão e dá outras providências."</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/637/pl_complementar_012_2025_-_desafeta_e_autoriza_a_permuta_de_bens_publicos.pdf</t>
   </si>
   <si>
     <t>"Desafeta e autoriza a permuta dos bens públicos municipais que menciona, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>685</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/685/001-pl1.pdf</t>
+  </si>
+  <si>
+    <t>"Desafeta e autoriza a permuta do Bem Público Municipal que menciona, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>686</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/686/001_-_pl_complementar_014_2025_-_altera_redacao_do_art._25_da_lc_no_07_de_2010.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a redação do art. 25 da Lei Complementar nº 07/2010, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>695</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/695/001_-_pl_complementar_015_2025_-_condominios_horizontais.pdf</t>
+  </si>
+  <si>
+    <t>“Dispões sobre a implantação de incorporações horizontais de lotes urbanos (condomínios horizontais) no Município de Capitólio/MG e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>696</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/696/001_-_pl_complementar_016_2025_-_estrutura_organizacional_camara.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a estrutura organizacional, administrativa e de pessoal do Poder Legislativo do Município de Capitólio, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/785/001_-_pl_complementar_017_2025_-_institui_taxa_fiscalizacao_sanitaria.pdf</t>
+  </si>
+  <si>
+    <t>"Institui a taxa de prestação do serviço de inspeção e fiscalização sanitária dos produtos de origem animal no Município de Capitólio e dá outras providências".</t>
+  </si>
+  <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/814/001_-_pl_complementar_018_2025_-_taxa_de_manejo_de_residuos_solidos.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre os valores da taxa de manejo de resíduos sólidos urbanos no Município de Capitólio/MG e dá outras providências".</t>
+  </si>
+  <si>
+    <t>823</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/823/pl_complementar_019_2025_-_altera_lei_complementar_no_803.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a Lei Complementar nº 803, de 29 de agosto de 1990, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/846/001_-_pl_complementar_020_2025_-_altera_lei_complementar_no_003_de_2020.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a alteração da Lei Complementar nº 003, de 21 de fevereiro de 2020, que dispõe sobre a organização da estrutura administrativa do Poder Executivo do Município de Capitólio, Estado de Minas Gerais e providências".</t>
+  </si>
+  <si>
+    <t>847</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/847/001_-_pl_complementar_021_2025_-_altera_lei_complementar_no_001_de_1995.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a Lei Complementar nº 001, de 05 de abril de 1995, que dispõe sobre a criação e reestruturação de empregos de carreira da Prefeitura Municipal de Capitólio/MG e dá outras providências".</t>
+  </si>
+  <si>
+    <t>886</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/886/001_-_pl_complementar_022_2025_-_altera_lei_complementar_no_014_de_2017.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a alteração da Lei Complementar nº 014 de 2017, que dispõe sobre a regulamentação e critérios para a política pública de concessão de auxílios variados e benefícios eventuais as famílias em situação de vulnerabilidade econômica ou social e aos micro e pequenos produtores rurais e dá outras providências”.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/361/emenda_modificativa_no_01.pdf</t>
   </si>
   <si>
     <t>Emenda N° 1 ao Projeto de Lei Ordinária nº 014 - Conforme a ressalva feita no parecer jurídico, este vereador propõe esta emenda_x000D_
 para corrigir um erro material contido no preâmbulo deste projeto, sendo necessária_x000D_
 Sua correção para aplicação correta da legislação.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>CSPPM - Comissão de Serviços e Políticas Públicas Municipais</t>
   </si>
   <si>
@@ -1824,58 +2553,51 @@
   <si>
     <t>407</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/407/011_-_p_resolucao_substitutivo_002_2025_-_emenda_modificativa_no_01.pdf</t>
   </si>
   <si>
     <t>Projeto Substitutivo de Resolução nº 002/2025 - Emenda Modificativa nº 01</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/408/012_-_p_resolucao_substitutivo_002_2025_-_emenda_modificativa_no_02.pdf</t>
   </si>
   <si>
     <t>Projeto Substitutivo de Resolução nº 002/2025 - Emenda Modificativa nº 02</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/409/emenda_modificativa_n_03_ao_projeto_de_lei_de_resolucao_substitutivo_n02.pdf</t>
   </si>
   <si>
-    <t>EMENDA MODIFICATIVA Nº 03 AO PROJETO DE RESOLUÇÃO_x000D_
-[...6 lines deleted...]
-meio de Portaria.</t>
+    <t>Projeto Substitutivo de Resolução nº 002/2025 - Emenda Modificativa nº 03</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/410/emenda_modificativa_n_01_ao_projeto_de_lei_de_resolucao_substitutivo_n03.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DÊ LEI DE RESOLUÇÃO E_x000D_
 SUBSTITUTIVO Nº 003/2025 - A Comissão de Legislação, Justiça e Redação - CLIR, no uso de suas_x000D_
 atribuições legais e regimentais, propõe alteração na redação do Art. 20, que_x000D_
 passa a vigorar com a seguinte redação:_x000D_
 Art. 20. A Presidência deverá apreciar e decidir o recurso interposto,_x000D_
 ou o requerimento de desclassificação de informação sigilosa, no prazo de até_x000D_
 10 (dez) dias.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/411/emenda_modificativa_n_01_ao_projeto_de_lei_complementar_n07.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI COMPLEMENTAR Nº_x000D_
 007/2025 - O relator da Comissão de Legislação, Justiça e Redação, no uso de suas_x000D_
@@ -2027,180 +2749,389 @@
   <si>
     <t>577</t>
   </si>
   <si>
     <t>Cláudio Ramos, Edgley Amorim</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/577/011_-_p_resolucao_substitutivo_007_2025_-_emenda_modificativa_no_008.pdf</t>
   </si>
   <si>
     <t>" O artigo 11 do Projeto Substitutivo ao Projeto de Resolução nº 007 de 07 de julho de 2025 passa vigorar com a seguinte redação:"</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/578/012_-_p_resolucao_substitutivo_007_2025_-_emenda_modificativa_no_009.pdf</t>
   </si>
   <si>
     <t>"O artigo 18 do Projeto Substitutivo ao Projeto de Resolução nº 007 de 07 de julho de 2025 passa vigorar com a seguinte redação:"</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>Letícia Vallory, Renato Mecânico</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/585/016_-_p_resolucao_substitutivo_007_2025_-_emenda_modificativa_no_010.pdf</t>
   </si>
   <si>
     <t>"Modifica a redação dos artigos 4º e 15 do Projeto de Resolução Substitutivo nº 007 de 07 de julho de 2025, que passam a vigorar com nova redação”</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/625/005_-_p_lei_complementar_010_2025_-_emenda_supressiva_no_001.pdf</t>
   </si>
   <si>
-    <t>"Suprime inciso XXVI, que reproduz matéria disciplinada em outro inciso, do artigo 1º do Projeto de Lei Complementar nº 10 de 18 de agosto de 2025 renumerando-se os demais incisos".</t>
+    <t>Projeto de Lei Complementar nº 10/2025 - Emenda Supressiva nº 001._x000D_
+"Suprime inciso XXVI, que reproduz matéria disciplinada em outro inciso, do artigo 1º do Projeto de Lei Complementar nº 10 de 18 de agosto de 2025 renumerando-se os demais incisos".</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/626/006_-_p_lei_complementar_010_2025_-_emenda_modificativa_no_001.pdf</t>
   </si>
   <si>
-    <t>“Modifica a redação da ementa do Projeto de lei Complementar nº 10 de 18 de agosto de 2025.”</t>
+    <t>Projeto de Lei Complementar nº 10/2025 - Emenda Modificativa nº 01._x000D_
+“Modifica a redação da ementa do Projeto de lei Complementar nº 10 de 18 de agosto de 2025.”</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/627/007_-_p_lei_complementar_010_2025_-_emenda_modificativa_no_002.pdf</t>
   </si>
   <si>
-    <t>“Corrige erros de grafia, de concordância nos incisos do art. 1º do Projeto de Lei Complementar nº 10 de 18 de agosto de 2025”.</t>
+    <t>Projeto de Lei Complementar nº 10/2025 - Emenda Modificativa nº 02. “Corrige erros de grafia, de concordância nos incisos do art. 1º do Projeto de Lei Complementar nº 10 de 18 de agosto de 2025”.</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/700/004_-_pl_ordinaria_013_2025_-_emenda_modificativa_n01.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 013/2025 - Emenda Modificativa nº 01._x000D_
+"Altera a redação do Art. 7º do Projeto de Lei Ordinária nº 013/2025".</t>
+  </si>
+  <si>
+    <t>701</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/701/005_-_pl_ordinaria_013_2025_-_emenda_supressiva_n_01.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 013/2025 - Emenda Supressiva nº 01._x000D_
+"Suprime-se o Art. 9º, do projeto de lei Ordinário 013/2025 e enumera-se os artigos seguintes."</t>
+  </si>
+  <si>
+    <t>703</t>
+  </si>
+  <si>
+    <t>Logan, Cláudio Ramos, Dalmir Rodrigues, Edgley Amorim, Eliza da Saúde, Gabriel, João Getúlio, Renato Mecânico, Sirlei do Grotão</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/703/010_-_pl_ordinaria_013_2025_-_emenda_supressiva_n_02.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 013/2025 - Emenda Supressiva nº 02._x000D_
+"Suprima-se o artigo 9º do projeto de Lei Ordinária nº 013/2025, passando-se a renumerar os artigos seguintes."</t>
+  </si>
+  <si>
+    <t>702</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/702/007_-_pl_ordinaria_013_2025_-_emenda_modificativa_n02.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 013/2025 - Emenda Modificativa nº 02._x000D_
+"O Preâmbulo do Projeto de Lei Ordinária nº 013 de 28 de janeiro de 2025, passa a vigorar com a seguinte redação."</t>
+  </si>
+  <si>
+    <t>725</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/725/003_-_pl_ordinaria_068_2025_-_emenda_modificativa_no_001.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 068/2025 - Emenda modificativa nº 01._x000D_
+“Modifica a redação do preâmbulo do Projeto de Lei Ordinária nº 068 de 18 de setembro de 2025.”</t>
+  </si>
+  <si>
+    <t>726</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/726/004_-_pl_ordinaria_073_2025_-_emenda_modificativa_no_001.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 73/2025 - Emenda Modificativa nº 01._x000D_
+“Modifica a redação do preâmbulo do Projeto de Lei Ordinária nº 073 de 06 de outubro de 2025.”</t>
+  </si>
+  <si>
+    <t>727</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/727/006_-_pl_complementar_016_2025_-_emenda_supressiva_no_001.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 16/2025 - Emenda Supressiva nº 01._x000D_
+“Suprime a coluna referência salarial dos anexos V, VI e VII do Projeto de Lei Complementar nº 016 de 06 de outubro de 2025.”</t>
+  </si>
+  <si>
+    <t>806</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/806/004_-_pl_complementar_017_2025_-_emenda_aditiva_no_001.pdf</t>
+  </si>
+  <si>
+    <t>“Acrescenta dispositivos ao Projeto de Lei complementar nº 017/2025, que institui a taxa de fiscalização sanitária, para estabelecer o início da cobrança da taxa em conformidade com os princípios da anterioridade anual e nonagesimal”.</t>
+  </si>
+  <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/854/005_-_pl_complementar_018_2025_-_emenda_aditiva_no_001.pdf</t>
+  </si>
+  <si>
+    <t>“Acrescenta dispositivo ao Projeto de Lei Complementar nº 018/2025 que dispõe sobre os valores da taxa de manejo de resíduos sólidos urbanos no Município de Capitólio/MG com os princípios da anterioridade anual e nonagesimal”.</t>
+  </si>
+  <si>
+    <t>863</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/863/004_-_pl_ordinaria_083_2025_-_emenda_modificativa_no_001.pdf</t>
+  </si>
+  <si>
+    <t>“Modifica a redação do caput do art. 1º do projeto de Lei Ordinária nº 083 de 01 de dezembro de 2025.”</t>
+  </si>
+  <si>
+    <t>870</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/870/004_-_pl_ordinaria_087_2025_-_emenda_modificativa_no_001.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a redação do artigo 9º Projeto de Lei Ordinária nº 087 de 01 de dezembro de 2025.”</t>
+  </si>
+  <si>
+    <t>877</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/877/009_-_pl_complementar_018_2025_-_emenda_modificatica_no_001.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a redação do artigo 2º do projeto de Lei Complementar nº 018 de 27 de novembro de 2025.”</t>
+  </si>
+  <si>
+    <t>878</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/878/007_-_pl_ordinaria_087_2025_-_emenda_modificativa_no_002.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a redação da ementa e do artigo 1º do Projeto de Lei Ordinária nº 087 de 1º de dezembro de 2025”.</t>
+  </si>
+  <si>
+    <t>879</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/879/008_-_pl_ordinaria_087_2025_-_emenda_modificativa_no_003.pdf</t>
+  </si>
+  <si>
+    <t>“Corrige numeração dos artigos do Projeto de Lei Ordinária nº 087 de 01 de dezembro de 2025”.</t>
+  </si>
+  <si>
+    <t>882</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/882/006_-_pl_ordinaria_044_2025_-_emenda_modificativa_no_03.pdf</t>
+  </si>
+  <si>
+    <t>“Modifica a redação do artigo 13º e inclui parágrafo único no mesmo artigo, ambos no Projeto de Lei Ordinária nº 044 de 12 de maio de 2025”</t>
+  </si>
+  <si>
+    <t>883</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/883/007_-_pl_ordinaria_044_2025_-_emenda_modificativa_no_04.pdf</t>
+  </si>
+  <si>
+    <t>“Inclui os incisos IV e V no artigo 17 do Projeto de Lei Ordinária nº 044 de 12 de maio de 2025”</t>
+  </si>
+  <si>
+    <t>884</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/884/008_-_pl_ordinaria_044_2025_-_emenda_modificativa_no_05.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a numeração do parágrafo único e inclui parágrafo segungo no artigo 16 do Projeto de Lei Ordinária nº 044 de 12 de maio de 2025”</t>
+  </si>
+  <si>
+    <t>885</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/885/009_-_pl_ordinaria_044_2025_-_emenda_modificativa_subst._no_05.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a numeração do parágrafo único e inclui parágrafo segundo no artigo 16 do Projeto de Lei Ordinária nº 044 de 12 de maio de 2025”</t>
+  </si>
+  <si>
+    <t>890</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/890/006_-_pl_complementar_019_2025_-_emenda_supressiva_no_001.pdf</t>
+  </si>
+  <si>
+    <t>“Suprime artigo do Projeto de Lei Complementar nº 019/2025, que altera a Lei Complementar nº 803, de 29 de agosto de 1990, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>891</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/891/007_-_pl_complementar_019_2025_-_emenda_modificativa_no_001.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a redação do Caput do Art. 2º e do Art.7º do Projeto de Lei Complementar nº 019/2025, que altera a Lei Complementar nº 803, de 29 de agosto de 1990, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>898</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/898/007_-_pl_ordinaria_substitutivo_063_2025_-_emenda_aditiva_no_001.pdf</t>
+  </si>
+  <si>
+    <t>“Insere ementa ao Projeto Substitutivo ao Projeto de Lei Ordinária nº 063 de 04 de dezembro de 2025”.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>SUB</t>
-[...2 lines deleted...]
-    <t>Substitutivo</t>
+    <t>PSUB</t>
+  </si>
+  <si>
+    <t>Projeto Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_substitutivo_de_lei_complementar_004_2025_-_alteracao_lc_n_003.pdf</t>
   </si>
   <si>
-    <t>PROJETO LEI COMPLEMENTAR SUBSTITUTIVO Nº 04 -_x000D_
-[...8 lines deleted...]
-PROVIDÊNCIAS."</t>
+    <t>"Dispõe sobre a alteração da Lei Complementar nº 003, de 21 de fevereiro de 2020, que dispõe sobre a organização da estrutura administrativa do Poder Executivo do Município de Capitólio, estado de Minas Gerais e dá outras providências".</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/400/projeto_substitutivo_de_lei_complementar_005_2025_-_alteracao_lc_n_001.pdf</t>
   </si>
   <si>
-    <t>PROJETO SUBSTITUTIVO DE LEI COMPLEMENTAR Nº 05 -_x000D_
-[...5 lines deleted...]
-OUTRAS PROVIDÊNCIA."</t>
+    <t>"Altera a Lei Complementar nº 001, de 05 de abril de 1995, que dispõe sobre a criação e reestruturação de empregos de carreia da Prefeitura Municipal de Capitólio MG e dá outras providências".</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/403/pl_ordinaria_substitutivo_004_2025_-_nomeacao_de_logradouros.pdf</t>
   </si>
   <si>
-    <t>"Com cordiais comprimentos, encaminhamos em anexo Projeto de Lei Substitutivo_x000D_
-[...3 lines deleted...]
-  <si>
     <t>412</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/412/pl_resolucao_substitutivo_002_2025_-_ouvidoria_legislativa.pdf</t>
   </si>
   <si>
-    <t>Projeto de Resolução Substitutivo nº 002/2025_x000D_
-"Regulamenta no âmbito da Câmara Municipal de Capitólio o sistema da ouvidoria legislativa, e dá outras providências"</t>
+    <t>"Regulamenta no âmbito da Câmara Municipal de Capitólio o sistema da ouvidoria legislativa, e dá outras providências"</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/413/006_-_p_resolucao_substitutivo_003_2025_-_lei_de_acesso_a_informacao.pdf</t>
   </si>
   <si>
-    <t>Projeto de Resolução Substitutivo nº 003/2025_x000D_
-“Regulamenta, no âmbito da Câmara Municipal de Capitólio, a lei de acesso à informação (lei federal nº 12.527, de 18 de novembro de 2011), e dá outras providências.”</t>
+    <t>“Regulamenta, no âmbito da Câmara Municipal de Capitólio, a lei de acesso à informação (lei federal nº 12.527, de 18 de novembro de 2011), e dá outras providências.”</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/515/002_-_pl_substitutivo_049_2025_-_nomeacao_de_logradouros.pdf</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/546/001_-_p_substitutivo_resolucao_007_2025_-_diarias_do_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o pagamento de diárias para os vereadores e servidores da Câmara Municipal de Capitólio/MG e dá outras providências”.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/654/005_-_p_resolucao_substitutivo_011_2025_-_criacao_procon_camara.pdf</t>
   </si>
   <si>
     <t>"Cria o serviço de orientação e defesa do consumidor (PROCON CÂMARA) no âmbito da secretaria da Câmara Municipal de Capitólio – Minas Gerais”.</t>
   </si>
   <si>
+    <t>805</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/805/003_-_pl_substitutivo_064_2025_-_loa.pdf</t>
+  </si>
+  <si>
+    <t>“Estima a Receita e fixa a Despesa do Município de CAPITÓLIO-MG, para o exercício de 2026”. – LOA</t>
+  </si>
+  <si>
+    <t>822</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/822/001_-_pl_ordinaria_substitutivo_078_2025_-_concessao_e_prorrogacao_de_lip.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o procedimento para a concessão e prorrogação de Licença para tratar de Interesses Particulares".</t>
+  </si>
+  <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/849/003_-_pl_ordinaria_substitutivo_062_2025_-_altera_ldo.pdf</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/850/003_-_pl_ordinaria_substitutivo_063_2025_-_ppa.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre o Plano Plurianual PPA para o quadriênio 2026 a 2029 do Município de Capitólio e dá outras providências".</t>
+  </si>
+  <si>
     <t>443</t>
   </si>
   <si>
     <t>CFOTC</t>
   </si>
   <si>
     <t>Parecer da C. de Finanças, Orçam. e T. de Contas</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/443/005_-_pl_ordinaria_002_2025_-_parecer_cfotc.pdf</t>
   </si>
   <si>
     <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 002/2025 - Favorável</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/444/004_-_pl_resolucao_001_2025_-_parecer_cfotc.pdf</t>
   </si>
   <si>
     <t>Parecer CFOTC ao Projeto de Resolução 001/2025 - Favorável</t>
   </si>
   <si>
     <t>449</t>
@@ -2685,50 +3616,482 @@
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/677/009_-_pl_ordinaria_substitutivo_004_2025__parecer_cfotc.pdf</t>
   </si>
   <si>
     <t>Parecer CFOTC ao Projeto Substitutivo ao Projeto de Lei Ordinária 004/2025.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/678/005_-_pl_ordinaria_005_2025_-_parecer_cfotc.pdf</t>
   </si>
   <si>
     <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 005/2025.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/682/005_-_pl_ordinaria_006_2025_-_parecer_cfotc.pdf</t>
   </si>
   <si>
     <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 006/2025.</t>
   </si>
   <si>
+    <t>692</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/692/005_-_pl_ordinaria_072_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 072/2025.</t>
+  </si>
+  <si>
+    <t>698</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/698/005_-_pl_ordinaria_011_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 11/2025.</t>
+  </si>
+  <si>
+    <t>711</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/711/008_-_pl_complementar_016_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Complementar nº 016/2025.</t>
+  </si>
+  <si>
+    <t>715</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/715/005_-_pl_ordinaria_069_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 069/2025.</t>
+  </si>
+  <si>
+    <t>717</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/717/005_-_pl_ordinaria_070_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 070/2025.</t>
+  </si>
+  <si>
+    <t>720</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/720/006_-_pl_ordinaria_071_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 071/2025.</t>
+  </si>
+  <si>
+    <t>722</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/722/006_-_pl_ordinaria_073_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 073/2025.</t>
+  </si>
+  <si>
+    <t>730</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/730/004_-_pl_ordinaria_015_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 15/2025.</t>
+  </si>
+  <si>
+    <t>731</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/731/004_-_pl_ordinaria_014_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 14/2025.</t>
+  </si>
+  <si>
+    <t>735</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/735/005-pl1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 016/2025.</t>
+  </si>
+  <si>
+    <t>738</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/738/005-pl1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 017/2025.</t>
+  </si>
+  <si>
+    <t>741</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/741/005_-_pl_ordinaria_018_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 018/2025.</t>
+  </si>
+  <si>
+    <t>744</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/744/005_-_pl_ordinaria_019_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 019/2025.</t>
+  </si>
+  <si>
+    <t>747</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/747/005_-_pl_ordinaria_020_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 020/2025.</t>
+  </si>
+  <si>
+    <t>750</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/750/005_-_pl_ordinaria_021_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 021/2025.</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/754/005_-_pl_ordinaria_023_2025_-_parecer_coftc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CFOTC ao Projeto de Lei Ordinária nº 23/2025.</t>
+  </si>
+  <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/757/005_-_pl_ordinaria_024_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CFOTC ao Projeto de Lei Ordinária nº 24/2025.</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/760/005_-_pl_ordinaria_025_2225_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CFOTC ao Projeto de Lei Ordinária nº 25/2025.</t>
+  </si>
+  <si>
+    <t>763</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/763/004_-_pl_ordinaria_026_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CFOTC ao Projeto de Lei Ordinária nº 26/2025.</t>
+  </si>
+  <si>
+    <t>766</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/766/006_-__pl_ordinaria_027_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CFOTC ao Projeto de Lei Ordinária nº 27/2025.</t>
+  </si>
+  <si>
+    <t>769</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/769/005_-_pl_ordinaria_028_025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CFOTC ao Projeto de Lei Ordinária nº 28/2025.</t>
+  </si>
+  <si>
+    <t>772</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/772/005_-_pl_ordinaria_029_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 29/2025.</t>
+  </si>
+  <si>
+    <t>775</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/775/005_-_pl_ordinaria_030_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 30/2025.</t>
+  </si>
+  <si>
+    <t>778</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/778/005_-_pl_ordinaria_032_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 32/2025.</t>
+  </si>
+  <si>
+    <t>781</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/781/005_-_pl_ordinaria_033_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 33/2025.</t>
+  </si>
+  <si>
+    <t>812</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/812/005_-_pl_ordinaria_080_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 80/2025.</t>
+  </si>
+  <si>
+    <t>817</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/817/006_-_pl_ordinaria_077_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 077/2025.</t>
+  </si>
+  <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/819/005_-_pl_ordinaria_081_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária 081/2025.</t>
+  </si>
+  <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/821/008_-_pl_substitutivo_064_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto Substitutivo ao Projeto de Lei Ordinária nº 064/2025.</t>
+  </si>
+  <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/851/008_-_pl_complementar_017_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Complementar nº 017/2025.</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/853/005_-_pl_01_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CFOTC à proposta de emenda a Lei Orgânica nº 06/2025.</t>
+  </si>
+  <si>
+    <t>856</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/856/007_-_pl_complementar_018_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Complementar nº 018/2025.</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/858/005_-_pl_complementar_019_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Complementar nº 019/2025.</t>
+  </si>
+  <si>
+    <t>865</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/865/006_-_pl_ordinaria_083_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 083/2025.</t>
+  </si>
+  <si>
+    <t>869</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/869/006_-_pl_ordinaria_087__2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 087/2025.</t>
+  </si>
+  <si>
+    <t>893</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/893/006_-_pl_complementar_020_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Complementar nº 020/2025.</t>
+  </si>
+  <si>
+    <t>895</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/895/005_-_pl_complementar_021_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Complementar nº 21/2025.</t>
+  </si>
+  <si>
+    <t>897</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/897/008_-_pl_ordinaria_substitutivo_062_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto Substitutivo ao Projeto de Lei Ordinária nº 62/2025.</t>
+  </si>
+  <si>
+    <t>900</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/900/009_-_pl_ordinaria_substitutivo_063_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto Substitutivo ao Projeto de Lei Ordinária nº 063/2025.</t>
+  </si>
+  <si>
+    <t>902</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/902/006_-_pl_ordinaria_085_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 085/2025.</t>
+  </si>
+  <si>
+    <t>904</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/904/006_-_pl_ordinaria_086_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CFOTC ao Projeto de Lei Ordinária nº 86/2025.</t>
+  </si>
+  <si>
+    <t>907</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/907/005_-_pl_ordinaria_089_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 089/2025.</t>
+  </si>
+  <si>
+    <t>909</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/909/005_-_pl_ordinaria_090_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 090/2025.</t>
+  </si>
+  <si>
+    <t>911</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/911/005_-_pl_ordinaria_091_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 091/2025.</t>
+  </si>
+  <si>
+    <t>913</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/913/005_-_pl_ordinaria_093_2025_-_parecer_cfotc.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CFOTC ao Projeto de Lei Ordinária nº 093/2025.</t>
+  </si>
+  <si>
     <t>439</t>
   </si>
   <si>
     <t>CLJR</t>
   </si>
   <si>
     <t>Parecer da C. de Legislação, Justiça e Red.</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/439/004_-_pl_ordinaria_002_2025_-_parecer_cljr.pdf</t>
   </si>
   <si>
     <t>Parecer CLJR ao Projeto de lei ordinária 002/2025 - Favorável</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/442/003_-_pl_resolucao_001_2025_-_parecer_cljr.pdf</t>
   </si>
   <si>
     <t>Parecer CSPPM ao Projeto de Resolução 001/2025 - Favorável</t>
   </si>
   <si>
     <t>448</t>
@@ -3258,50 +4621,647 @@
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/675/008_-_pl_ordinaria_substitutivo_004_2025_-_parecer_cljr.pdf</t>
   </si>
   <si>
     <t>Parecer CLJR ao Projeto Substitutivo ao Projeto de Lei Ordinária 004/2025.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/680/004_-_pl_ordinaria_005_2025_-__parecer_cljr.pdf</t>
   </si>
   <si>
     <t>Parecer CLJR ao Projeto de Lei Ordinária nº 005/2025.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/681/004_-pl_ordinaria_006_2025_-_parecer_cljr.pdf</t>
   </si>
   <si>
     <t>Parecer CLJR ao Projeto de Lei Ordinária nº 006/2025.</t>
   </si>
   <si>
+    <t>691</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/691/004_-_pl_ordinaria_072_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 072/2025.</t>
+  </si>
+  <si>
+    <t>697</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/697/004_-_pl_ordinaria_011_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 011/2025.</t>
+  </si>
+  <si>
+    <t>704</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/704/004_-_pl_complementar_013_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Complementar nº 013/2025.</t>
+  </si>
+  <si>
+    <t>706</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/706/003_-_pl_complementar_014_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Complementar nº 014/2025.</t>
+  </si>
+  <si>
+    <t>708</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/708/003_-_pl_complementar_015_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Complementar nº 015/2025.</t>
+  </si>
+  <si>
+    <t>710</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/710/007_-_pl_complementar_016_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>718</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/718/004_-_pl_ordinaria_068_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 068/2025.</t>
+  </si>
+  <si>
+    <t>714</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/714/004_-_pl_ordinaria_069_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 069/2025.</t>
+  </si>
+  <si>
+    <t>716</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/716/004_-_pl_ordinaria_070_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 070/2025.</t>
+  </si>
+  <si>
+    <t>719</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/719/005_-_pl_ordinaria_071_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 071/2025.</t>
+  </si>
+  <si>
+    <t>721</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/721/005_-_pl_ordinaria_073_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 073/2025.</t>
+  </si>
+  <si>
+    <t>723</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/723/004_-_pl_ordinaria_075_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 75/2025.</t>
+  </si>
+  <si>
+    <t>728</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/728/003_-_pl_ordinaria_014_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 14/2025.</t>
+  </si>
+  <si>
+    <t>729</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/729/003_-_pl_ordinaria_015_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 15/2025.</t>
+  </si>
+  <si>
+    <t>734</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/734/004-pl1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 016/2025.</t>
+  </si>
+  <si>
+    <t>737</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/737/004-pl2.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 017/2025.</t>
+  </si>
+  <si>
+    <t>740</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/740/004_-_pl_ordinaria_018_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 018/2025.</t>
+  </si>
+  <si>
+    <t>743</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/743/004_-_pl_ordinaria_019_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 019/2025.</t>
+  </si>
+  <si>
+    <t>746</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/746/004_-_pl_ordinaria_020_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 020/2025.</t>
+  </si>
+  <si>
+    <t>749</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/749/004_-_pl_ordinaria_021_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 021/2025.</t>
+  </si>
+  <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/753/004_-_pl_ordinaria_023_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CLJR ao Projeto de Lei Ordinária nº 23/2025.</t>
+  </si>
+  <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/756/004_-_pl_ordinaria_024_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CLJR ao Projeto de Lei Ordinária nº 24/2025.</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/759/004_-_pl_ordinaria_025_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CLJR ao Projeto de Lei Ordinária nº 25/2025.</t>
+  </si>
+  <si>
+    <t>762</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/762/003_-_pl_ordinaria_026_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CLJR ao Projeto de Lei Ordinária nº 26/2025.</t>
+  </si>
+  <si>
+    <t>765</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/765/005_-__pl_ordinaria_027_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CLJR ao Projeto de Lei Ordinária nº 27/2025.</t>
+  </si>
+  <si>
+    <t>768</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/768/004_-_pl_ordinaria_028_025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CLJR ao Projeto de Lei Ordinária nº 28/2025.</t>
+  </si>
+  <si>
+    <t>771</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/771/004_-_pl_ordinaria_029_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 29/2025.</t>
+  </si>
+  <si>
+    <t>774</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/774/004_-_pl_ordinaria_030_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 30/2025.</t>
+  </si>
+  <si>
+    <t>777</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/777/004_-_pl_ordinaria_032_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 32/2025.</t>
+  </si>
+  <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/780/004_-_pl_ordinaria_033_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 33/2025.</t>
+  </si>
+  <si>
+    <t>783</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/783/003_-_pl_ordinaria_074_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CLJR ao Projeto de Lei Ordinária nº 074/2025.</t>
+  </si>
+  <si>
+    <t>799</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/799/003_-_pl_ordinaria_076_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 076/2025.</t>
+  </si>
+  <si>
+    <t>807</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/807/005_-_pl_complementar_017_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Complementar nº 17/2025.</t>
+  </si>
+  <si>
+    <t>808</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/808/004_-_pl_ordinaria_077_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 77/2025.</t>
+  </si>
+  <si>
+    <t>809</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/809/003_-_pl_ordinaria_079_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 79/2025.</t>
+  </si>
+  <si>
+    <t>811</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/811/004_-_pl_ordinaria_080_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 80/2025.</t>
+  </si>
+  <si>
+    <t>818</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/818/004_-_pl_ordinaria_081_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 081/2025.</t>
+  </si>
+  <si>
+    <t>820</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/820/009_-_pl_substitutivo_064_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto Substitutivo ao Projeto de Lei Ordinária nº 064/2025.</t>
+  </si>
+  <si>
+    <t>852</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/852/004_-_pl_01_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CLJR à proposta de emenda a Lei Orgânica nº 06/2025.</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/855/006_-_pl_complementar_018_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Complementar nº 018/2025.</t>
+  </si>
+  <si>
+    <t>857</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/857/004_-_pl_complementar_019_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Complementar nº 019/2025.</t>
+  </si>
+  <si>
+    <t>859</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/859/005_-_pl_ordinaria_substitutivo_078_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto Substitutivo ao Projeto de Lei Ordinária nº 078/2025.</t>
+  </si>
+  <si>
+    <t>861</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/861/003_-_pl_ordinaria_082_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 082/2025.</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/864/005_-_pl_ordinaria_083_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 083/2025.</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/866/004_-_pl_ordinaria_084_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 084/2025.</t>
+  </si>
+  <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/868/005_-_pl_ordinaria_087__2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 087/2025.</t>
+  </si>
+  <si>
+    <t>871</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/871/003_-_p_resolucao_014_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Resolução nº 014/2025.</t>
+  </si>
+  <si>
+    <t>873</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/873/003_-_p_resolucao_015_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Resolução nº 015/2025.</t>
+  </si>
+  <si>
+    <t>875</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/875/002_-_p_resolucao_016__2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Resolução nº 016/2025.</t>
+  </si>
+  <si>
+    <t>892</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/892/004_-_pl_complementar_020_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Complementar nº 020/2025.</t>
+  </si>
+  <si>
+    <t>894</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/894/004_-_pl_complementar_021_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Complementar nº 21/2025.</t>
+  </si>
+  <si>
+    <t>896</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/896/007_-_pl_ordinaria_substitutivo_062_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto Substitutivo ao Projeto de Lei Ordinária nº 62/2025.</t>
+  </si>
+  <si>
+    <t>899</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/899/008_-_pl_ordinaria_substitutivo_063_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer jurídico ao Projeto de Lei Substitutivo ao Projeto de Lei Ordinária nº 63/2025.</t>
+  </si>
+  <si>
+    <t>901</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/901/004_-_pl_ordinaria_085_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 085/2025.</t>
+  </si>
+  <si>
+    <t>903</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/903/004_-_pl_ordinaria_086_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CLJR ao Projeto de Lei Ordinária nº 86/2025.</t>
+  </si>
+  <si>
+    <t>905</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/905/004_-_pl_ordinaria_088_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 088/2025.</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/906/004_-_pl_ordinaria_089_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 089/2025.</t>
+  </si>
+  <si>
+    <t>908</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/908/004_-_pl_ordinaria_090_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 090/2025.</t>
+  </si>
+  <si>
+    <t>910</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/910/004_-_pl_ordinaria_091_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 091/2025.</t>
+  </si>
+  <si>
+    <t>912</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/912/004_-_pl_ordinaria_093_2025_-_parecer_cljr.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CLJR ao Projeto de Lei Ordinária nº 093/2025.</t>
+  </si>
+  <si>
     <t>438</t>
   </si>
   <si>
     <t>CSPPM</t>
   </si>
   <si>
     <t>Parecer da C. de Serv. e Polít. Públicas Munic.</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/438/006_-_pl_ordinaria_002_2025_-_parecer_csppm.pdf</t>
   </si>
   <si>
     <t>Parecer CSPPM ao Projeto de lei ordinária 002/2025 - Favorável</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/450/005_-_p_resolucao_002_2025_-_parecer_csppm.pdf</t>
   </si>
   <si>
     <t>Parecer CSPPM ao Projeto Resolução nº 002/2025</t>
@@ -3733,50 +5693,446 @@
     <t>676</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/676/010_-_pl_ordinaria_substitutivo_004_2025__parecer_csppm.pdf</t>
   </si>
   <si>
     <t>Parecer CSPPM ao Projeto Substitutivo ao Projeto de Lei Ordinária 004/2025.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/679/006_-_pl_ordinaria_005_2025_-_parecer_csppm.pdf</t>
   </si>
   <si>
     <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 005/2025.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/683/006-_pl_ordinaria_006_2025_-_parecer_csppm.pdf</t>
   </si>
   <si>
     <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 006/2025.</t>
+  </si>
+  <si>
+    <t>699</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/699/006_-_pl_ordinaria_011_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 11/2025.</t>
+  </si>
+  <si>
+    <t>705</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/705/005_-_pl_complementar_013_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Complementar nº 013/2025.</t>
+  </si>
+  <si>
+    <t>707</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/707/004_-_pl_complementar_014_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Complementar nº 014/2025.</t>
+  </si>
+  <si>
+    <t>709</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/709/004_-_pl_complementar_015_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Complementar nº 015/2025.</t>
+  </si>
+  <si>
+    <t>713</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/713/005_-_pl_ordinaria_068_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>724</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/724/005_-_pl_ordinaria_075_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 75/2025.</t>
+  </si>
+  <si>
+    <t>732</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/732/005_-_pl_ordinaria_014_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 14/2025.</t>
+  </si>
+  <si>
+    <t>733</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/733/005_-_pl_ordinaria_015_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 15/2025.</t>
+  </si>
+  <si>
+    <t>736</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/736/006-pl1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 016/2025.</t>
+  </si>
+  <si>
+    <t>739</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/739/006-pl2.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 017/2025.</t>
+  </si>
+  <si>
+    <t>742</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/742/006_-_pl_ordinaria_018_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 018/2025.</t>
+  </si>
+  <si>
+    <t>745</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/745/006_-_pl_ordinaria_019_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 019/2025.</t>
+  </si>
+  <si>
+    <t>748</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/748/006_-_pl_ordinaria_020_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 020/2025.</t>
+  </si>
+  <si>
+    <t>751</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/751/006_-_pl_ordinaria_021_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 021/2025.</t>
+  </si>
+  <si>
+    <t>755</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/755/006_-_pl_ordinaria_023_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CSPPM ao Projeto de Lei Ordinária nº 23/2025.</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/758/006_-_pl_ordinaria_024_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CSPPM ao Projeto de Lei Ordinária nº 24/2025.</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/761/006_-_pl_ordinaria_025_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CSPPM ao Projeto de Lei Ordinária nº 25/2025.</t>
+  </si>
+  <si>
+    <t>764</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/764/005_-_pl_ordinaria_026_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CSPPM ao Projeto de Lei Ordinária nº 26/2025.</t>
+  </si>
+  <si>
+    <t>767</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/767/007_-__pl_ordinaria_027_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CSPPM ao Projeto de Lei Ordinária nº 27/2025.</t>
+  </si>
+  <si>
+    <t>770</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/770/006_-_pl_ordinaria_028_025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CSPPM ao Projeto de Lei Ordinária nº 28/2025.</t>
+  </si>
+  <si>
+    <t>773</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/773/006_-_pl_ordinaria_029_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 29/2025.</t>
+  </si>
+  <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/776/006_-_pl_ordinaria_030_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 30/2025.</t>
+  </si>
+  <si>
+    <t>779</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/779/006_-_pl_ordinaria_032_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 32/2025.</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/782/006_-_pl_ordinaria_033_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 33/2025.</t>
+  </si>
+  <si>
+    <t>784</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/784/004_-_pl_ordinaria_074_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 074/2025.</t>
+  </si>
+  <si>
+    <t>800</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/800/004_-_pl_ordinaria_076_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 076/2025.</t>
+  </si>
+  <si>
+    <t>810</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/810/004_-_pl_ordinaria_079_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 79/2025.</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/860/006_-_pl_ordinaria_substitutivo_078_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto Substitutivo ao Projeto de Lei Ordinária nº 078/2025.</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/862/004_-_pl_ordinaria_082_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 082/2025.</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/867/005_-_pl_ordinaria_084_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Lei Ordinária nº 084/2025.</t>
+  </si>
+  <si>
+    <t>872</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/872/004_-_p_resolucao_014_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Resolução nº 014/2025.</t>
+  </si>
+  <si>
+    <t>874</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/874/004_-_p_resolucao_015_2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Resolução nº 015/2025.</t>
+  </si>
+  <si>
+    <t>876</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/876/003_-_p_resolucao_016__2025_-_parecer_csppm.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CSPPM ao Projeto de Resolução nº 016/2025.</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>EI</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/832/011_-_emenda_individual_no_01_-_loa__2026_-_claudio.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA INDIVIDUAL Nº 01 - LOA  2026 - CLÁUDIO</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/833/012_-_emenda_individual_no_02_-_loa__2026_-_dalmir.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA INDIVIDUAL Nº 02 - LOA  2026 - DALMIR</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/834/013_-_emenda_individual_no_03_-_loa__2026_-_edgley.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA INDIVIDUAL Nº 03 - LOA  2026 - EDGLEY</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/835/014_-_emenda_individual_no_04_-_loa__2026_-_gabriel.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA INDIVIDUAL Nº 04 - LOA  2026 - GABRIEL</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/836/015_-_emenda_individual_no_05_-_loa__2026_-_joao_getulio.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA INDIVIDUAL Nº 05 - LOA  2026 - JOÃO GETÚLIO</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/837/016_-_emenda_individual_no_06_-_loa__2026_-_jose_sirlei.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA INDIVIDUAL Nº 06 - LOA  2026 - JOSÉ SIRLEI</t>
+  </si>
+  <si>
+    <t>838</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/838/017_-_emenda_individual_no_07_-_loa__2026_-_leticia.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA INDIVIDUAL Nº 07 - LOA  2026 - LETÍCIA</t>
+  </si>
+  <si>
+    <t>839</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/839/018_-_emenda_individual_no_08_-_loa__2026_-_logan.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA INDIVIDUAL Nº 08 - LOA  2026 - LOGAN</t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/840/019_-_emenda_individual_no_09_-_loa__2026_-_renato.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA INDIVIDUAL Nº 09 - LOA  2026 - RENATO</t>
+  </si>
+  <si>
+    <t>880</t>
+  </si>
+  <si>
+    <t>SUBE</t>
+  </si>
+  <si>
+    <t>Subemenda</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/880/009_-_pl_ordinaria_087_2025_-_subemenda_modificativa_no_001.pdf</t>
+  </si>
+  <si>
+    <t>“corrige o caput do art. 1º da emenda modificativa nº 001 ao projeto de lei ordinária nº 087 de 01 de dezembro de 2025”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4080,69 +6436,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/320/2025_01_06_projeto_lei_ordinaria_n_001_-_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/321/pl_ordinaria_002_2025_-_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/322/2025_01_10_projeto_lei_ordinaria_n_003_-_abertura_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/323/2025_01_10_projeto_lei_ordinaria_n_004_-_nomeacao_de_logradouros.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/324/pl_ordinaria_005_2025_-_reajuste_real.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/327/001_-_pl_ordinaria_006_2025_-_reajuste_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/328/pl_ordinaria_007_2025_-_altera_lei_1.663_-_folga_aniversarios.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/329/pl_ordinaria_008_2025_-_altera_redacao_lei_2381.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/330/pl_ordinaria_009_2025_-_abertura_credito_adicional_especial_lar_de_idosos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/331/pl_ordinaria_010_2025_-_abertura_credito_adicional_especial_aciac.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/332/pl_ordinaria_011_2025_-_institui_simbolo_oficial.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/333/pl_ordinaria_012_2025_-_novo_prazo_aos_donatarios_da_lei_1.971_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/334/pl_ordinaria_013_2025_-_revisao_plano_municipal_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/346/pl_ordinaria_014_2025_-_codigo_de_etica_e_conduta_da_adm_publica.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/347/pl_ordinaria_015_2025_-_regime_disciplinar_processo_adm_e_sindicancia.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/348/pl_ord1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/349/pl_ord1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/350/pl_ordinaria_018_2025_-_ratificacao_contrato_de_consorcio_da_ameg.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/351/pl_ordinaria_019_2025_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/354/pl_ordinaria_022_2025_-_alteracao_art.16_da_lc_n_018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/355/pl_ordinaria_023_2025_-_alteracao_de_dispositivos_na_lei_municipal_n2.422.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/356/pl_ordinaria_024_2025_-_abertura_de_credito_adicional_especial_apae.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/357/pl_ordinaria_025_2025_-_altera_item_1_do_anexo_i_da_lei_1.919_de_18_de_abril_de_2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/358/pl_ordinaria_026_2025_-_concessao_de_folga_aos_servidores_no_dia_de_seu_aniversario.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/359/pl_ordinaria_027_2025_-_alteracao_do_plano_plurianual_de_acoes_para_quadrienio_22-25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/360/pl_ordinaria_028_025_-_abertura_credito_adicional_especial_lar_de_idosos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/395/pl_ordinaria_029_2025_-_cessao_uso_de_bem_imovel_quartel_pm.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/396/pl_ordinaria_030_2025_-_contrato_bdmg.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/424/pl_ordinaria_031_2025_-_abertura_de_credito_adicional_suplementar_associacao_estudantil.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/425/001_-_pl_ordinaria_032_2025_-_autoriza_o_recebimento_de_bens_imoveis_na_forma_de_dacao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/426/pl_ord1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/427/pl_ordinaria_034_2025_-_execucao_hino_nacional_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/428/pl_ordinaria_035_2025_-_abertura_credito_adicional_especial_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/429/pl_ordinaria_036_2025_-_abertura_credito_adicional_especial_aciac.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/430/pl_ordinaria_037_2025_-_abertura_credito_adicional_especial_avamep.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/431/pl_ordinaria_038_2025_-_lei_de_diretrizes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/445/pl_ordinaria_039_2025_-_abertura_de_credito_adicional_associacao_estudantil.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/446/pl_ordinaria_040_2025_-_abertura_de_credito_lar_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/454/pl_ordinaria_041_2025_-_alteracao_art_4_da_lei_1928.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/455/pl_ordinaria_042_2025_-_alteracao_art_7_da_lei_1496.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/456/pl_ordinaria_043_2025_-_alteracao_art_7_da_lei_1527.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/457/001-pl1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/473/001_-_pl_ordinaria_045_2025_-_convenio_com_a_fcmmg.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/483/001_-_pl_ordinaria_046_2025_-_abertura_de_credito_adicional_apae_r140.00000.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/484/001_-_pl_ordinaria_047_2025_-_dispoe_sobre_anistia_de_multa.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/495/001_-_pl_ordinaria_048_2025_-_participacao_do_municipio_no_cimlago.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/511/001_-_pl_ordinaria_049_2025_-_nomeacao_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/543/001_-_pl_ordinaria_050_2025_-_autoriza_participacao_consorcio_icismep.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/544/001_-_pl_ordinaria_051_2025_-_abertura_de_credito_adicional_especial__icismep.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/545/001_-_pl_ordinaria_052_2025_-_revoga_lei_no_1.862_de_04_de_outubro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/599/pl_ordinaria_053_2025_-_abertura_de_cred._portaria_1110_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/600/pl_ordinaria_054_2025_-_abertura_cred._adicional_santa_casa_r_94.49027.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/601/pl_ordinaria_055_2025_-_abertura_cred._correcao_de_dotacoes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/602/pl_ordinaria_056_2025_-_obrigatoriedade_divulgacao_corte_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/603/pl_ordinaria_057_2025_-_torna_obrigatoria_a_aplicacao_do_questionario_m-chat.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/615/001_-_pl_ordinaria_058_2025_-_abertura_cred._repasse_fia_a_apae.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/616/pl_ordinaria_059_2025_-_abertura_cred._repasse_fia_a_avamep.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/617/001_-_pl_ordinaria_060_2025_-_abert._cred._transf._subvencao_ao_grupo_de_escoteiros.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/619/pl_ordinaria_061_2025_-_desafetacao_e_alienacao_de_areas_institucionais.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/632/001_-_pl_ordinaria_062_2025_-_altera_ldo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/633/001_-_pl_ordinaria_063_2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/634/001_-_pl_ordinaria_064_2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/650/001-pl2.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/652/001_-_pl_ordinaria_066_2025_-_abertura_cred._repasse_recursos_asec.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/653/pl_ordinaria_067_2025_-_instituicao_e_concessao_de_beneficios_fiscais.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/672/pl_ord1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/368/portaria_no_001_-_nomeacao_rogerio_e_marcelly.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/369/portaria_no_002_-_calendario_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/370/portaria_no_003_-_nomeacao_marlene.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/371/portaria_no_004_-_nomeacao_cristiane.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/372/portaria_no_005_-_nomeacao_equipe_de_compras.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/373/portaria_no_006_-_calendario_reunioes_comissoes.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/374/portaria_no_007_-_nomeacao_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/375/portaria_no_008_-_nomeacao_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/376/portaria_no_009_-_designa_servidora_como_responsavel_de_almoxarifado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/377/portaria_no_010__nomeacao_rozeli_do_carmo_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/433/portaria_no_011_-_nomeacao_comissao_de_inventario_patrimonial.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/434/portaria_no_012_nomeacao_de_servidor_responsavel_pelas_despesas_de_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/335/projeto_de_resolucao_001_-_institui_o_programa_de_integridade.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/336/001_-_p_resolucao_002_2025_-_regulamenta_a_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/337/001_-_p__resolucao__003_2025_-_regulamenta_lei_de_acesso_a_informacao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/432/001_-_p_resolucao_004_2025_-_consignado_camara.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/471/pl_resolucao_005_-_altera_resolucao_09_de_2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/472/pl_resolucao_006_-_regulamenta_doacao_de_bens_patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/522/001_-_p_resolucao_007_2025_-_diarias_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/553/001_-_p_resolucao_008_2025_-_autoriza_a_execucao_do_orcamento_da_camara_para_2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/554/001_-_p_resolucao_009_2025_-_regulamenta_programa_camara_digital.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/598/p_resolucao_010_2025_-_criacao_procuradoria_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/618/p_resolucao_011_2025_-_criacao_procon_camara.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/635/001_-_p_resolucao_012_2025_-_aprovacao_das_contas_do_executivo_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/671/p_resolucao_013__2025_-_autoriza_descaracterizacao_de_documentos_publicos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/415/requerimento_002_2025_-_gabriel_-_mocao_de_congratulacao_e_aplausos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_001_2025-_joao_getulio_-_solicitacao_estacionamento_pne.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_002_2025-_elizabete_e_renato_-_repasse_do_saldo_das_fichas_orcamentarias_as_entidades.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_005_2025_-_elizabete_e_renato_-_asfalto_acesso_a_escarpas.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_006_2025_-_logan_-_instalacao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_007_2025_-_logan_-_instalacao_de_guarda_corpo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_008_2025_-_logan_-_instalacao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_009_2025_-_joao_getulio_-_ampliacao_rotas_transporte_trabalhadores.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_010_2025_-_edgley_-_crias_cargos_para_monitor_de_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_011_2025_-_elizabete_-_instalacao_cameras_segurancas_creches_e_escolas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_012_2025_-_elizabete_-_implementacao_de_transporte_circular.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_013_2025_-_elizabete_-_implantacao_de_ciclovia_na_avenida.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_015_2025_-_elizabete_-implantacao_do_servico_de_especialidade_em_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao_016_2025_-_elizabete_-_reajuste_e_valorizacao_salarial_para_auxiliares_de_enfermagem_e_auxiliares_em_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_017_2025_-_elizabete_-_reajuste_e_valorizacao_salarial_para_tecnicos_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_018_2025_-_elizabete_-_fornecimento_de_uniformes_e_kits_bucais_as_escolas.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_019_2025_-_elizabete_-__instalacao_de_bancos_nas_pracas_do_bairro_cidade_jardim..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_020_2025_-_sirlei_-_criacao_cargos_para_gari.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao_021_2025_-_elizabete_-_manutencao_estradas_vicinais_migueis_e_onca.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao_022_2025_-_ellizabete_-_alteracao_na_lei_municipal_no1.663_de_08_de_maio_de_2013..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao_023_2025_-_ellizabete_-_substituicao_da_grama_sintetica_da_prainha.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_024_2025_-_ellizabete_-_instalacao_de_piso_emborrachado_ou_grama_sintetica_no_parquinho_da_orla_da_praia.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_025_2025_-_ellizabete_-_instalacao_de_brinquedos_inclusivos_para_pcd_no_parquinho_da_orla_da_praia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/416/indicacao_026_2025_-_elizabete_e_renato_-_cacamba_na_orla_da_ponta_do_sol.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/417/indicacao_027_2025_-_elizabete_e_renato_-_coleta_de_lixo_no_bairro_ponta_do_sol.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_028_2025_-_edgley_e_sirley_-_aquisicao_de_materiais_para_construcao_de_corredores_as_margens_das_estradas_vicinais.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_029_2025_-_elizabete_e_renato_-_colocacao_de_conteineres_no_bairro_residencial_vitoria_ze_cipo..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_030_2025_-_comissao_de_legislacao_justica_e_redacao_-_alteracao_da_lei_municipal_no_2.436.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_031_2025_-_edgley_-_levantamento_de_demanda_e_oferta_do_eja.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_032_2025_-_edgley_-_viabilidade_de_custear_cursos_de_pos-graduacao_na_area_de_educacao_inclusiva.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_033_2025_-_elizabete_e_renato_-__aquisicao_de_carro_7_lugares_adaptado_para_saude.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/325/pl_complementar_001_2025__altera_lc_037.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/326/001_-_pl_complementar_002_2025__criacao_centro_educacional.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/338/001_-_pl_complementar_003_2025_-_programa_nutrir.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/397/001_-_pl_complementar_004_2025_-_alteracao_lc_n_003.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/399/001_-_pl_complementar_005_2025_-_alteracao_lc_n_001.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/401/pl_complementar_006_2025_-_alteracao_art._16_da_lc_18.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/402/pl_complementar_007_2025_-_aprova_loteamento_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/458/pl_complementar_008_2025_-_altera_art._89_da_lc_007.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/620/pl_complementar_009_2025_-_criacao_cmei_altera_lc_053_de_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/621/pl_complementar_010_2025_-_altera_lc_01_de_05_de_abril_de_1995.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/636/001_-_pl_complementar_011_2025_-_desafetacao_e_alienacao_de_areas_institucionais.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/637/pl_complementar_012_2025_-_desafeta_e_autoriza_a_permuta_de_bens_publicos.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/361/emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/362/emenda_modificativa_no_02.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/363/emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/404/emenda_modificativa_n_01_do_projeto_de_lei_complementar_n04.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/405/emenda_modificativa_n_01_ao_projeto_de_lei_complementar_substitutivo_n05.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/406/emenda_modificativa_n_01_ao_projeto_de_lei_ordinaria_n26.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/407/011_-_p_resolucao_substitutivo_002_2025_-_emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/408/012_-_p_resolucao_substitutivo_002_2025_-_emenda_modificativa_no_02.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/409/emenda_modificativa_n_03_ao_projeto_de_lei_de_resolucao_substitutivo_n02.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/410/emenda_modificativa_n_01_ao_projeto_de_lei_de_resolucao_substitutivo_n03.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/411/emenda_modificativa_n_01_ao_projeto_de_lei_complementar_n07.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/491/004_-_pl_ordinaria_046_2025_-_emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/499/009_-_pl_ordinaria_046_2025_-_emenda_modificativa_substitutiva_no_02.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/503/004_-_pl_complementar_008_2025_-_emenda_modificativa_no_002.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/504/003_-_pl_complementar_008_2025_-_emenda_modificativa_no_001.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/536/003_-_pl_ordinaria_044_2025_-_emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/537/003_-_pl_ordinaria_044_2025_-_emenda_modificativa_no_02.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/541/003_-_pl_substitutivo_049_2025_-_emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/542/004_-_pl_substitutivo_049_2025_-_emenda_aditiva_no_01.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/570/004_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_001.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/571/005_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_002.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/572/006_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_003.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/573/007_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_004.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/574/008_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_005.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/575/009_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_006.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/576/010_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_007.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/577/011_-_p_resolucao_substitutivo_007_2025_-_emenda_modificativa_no_008.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/578/012_-_p_resolucao_substitutivo_007_2025_-_emenda_modificativa_no_009.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/585/016_-_p_resolucao_substitutivo_007_2025_-_emenda_modificativa_no_010.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/625/005_-_p_lei_complementar_010_2025_-_emenda_supressiva_no_001.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/626/006_-_p_lei_complementar_010_2025_-_emenda_modificativa_no_001.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/627/007_-_p_lei_complementar_010_2025_-_emenda_modificativa_no_002.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_substitutivo_de_lei_complementar_004_2025_-_alteracao_lc_n_003.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/400/projeto_substitutivo_de_lei_complementar_005_2025_-_alteracao_lc_n_001.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/403/pl_ordinaria_substitutivo_004_2025_-_nomeacao_de_logradouros.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/412/pl_resolucao_substitutivo_002_2025_-_ouvidoria_legislativa.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/413/006_-_p_resolucao_substitutivo_003_2025_-_lei_de_acesso_a_informacao.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/515/002_-_pl_substitutivo_049_2025_-_nomeacao_de_logradouros.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/546/001_-_p_substitutivo_resolucao_007_2025_-_diarias_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/654/005_-_p_resolucao_substitutivo_011_2025_-_criacao_procon_camara.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/443/005_-_pl_ordinaria_002_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/444/004_-_pl_resolucao_001_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/449/004_-_p_resolucao_002_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/452/009_-_p_resolucao_substitutivo_002_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/460/004_-_pl_ordinaria_034_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/463/005_-_pl_ordinaria_035_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/466/pl_ordinaria_036_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/469/pl_ordinaria_037_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/474/004_-_p__resolucao__003_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/478/009_-_p_resolucao_substitutivo_003_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/481/005_-_p_resolucao_004_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/486/007_-_pl_ordinaria_038_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/489/006_-_pl_ordinaria_046_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/493/004_-_pl_complementar_008_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/497/006_-_pl_ordinaria_045_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/501/007_-_pl_ordinaria_047_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/507/005_-_pl_ordinaria_039_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/510/005_-_pl_ordinaria_040_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/514/006_-_pl_ordinaria_048_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/518/005_-_p_resolucao_005_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/521/005_-_p-resolucao_006_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/526/003_-_pl_ordinaria_041_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/529/005_-_pl_ordinaria_042_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/532/004_-_pl_ordinaria_043_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/535/012_-_pl_ordinaria_044_2025_-_parecer_da_cfotc.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/540/008_-_pl_substitutivo_049_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/547/005_-_pl_complementar_001_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/550/005_-_pl_complementar_002_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/556/005_-_pl_complementar_003_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/558/003_-_pl_ordinaria_050_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/560/004_-_pl_ordinaria_051_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/562/003_-_pl_ordinaria_052_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/564/013_-_p_substitutivo_resolucao_007_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/566/004_-_p_resolucao_008_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/568/003_-_p_resolucao_009_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/587/006_-_pl_substitutivo_complementar_004_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/590/006_-_pl_substitutivo_complementar_005_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/593/005_-_pl_complementar_006_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/596/005_-_pl_complementar_007_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/605/005_-_pl_ordinaria_053_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/607/005_-_pl_ordinaria_054_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/609/005_-_pl_ordinaria_055_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/614/005_-_p_resolucao_010_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/622/005_-_pl_ordinaria_003_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/631/013_-_p_lei_complementar_010_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/643/005_-_pl_ordinaria_058_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/645/005_-_pl_ordinaria_059_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/647/005_-_pl_ordinaria_060_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/649/005_-_pl_complementar_012_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/655/004_-_pl_ordinaria_004_2025_-parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/660/010_-_p_resolucao_substitutivo_011_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/663/005_-_pl_ordinaria_067_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/665/005_-_pl_ordinaria_066_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/667/005_-_pl_ordinaria_065_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/670/006_-_pl_complementar_011_2025_-parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/677/009_-_pl_ordinaria_substitutivo_004_2025__parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/678/005_-_pl_ordinaria_005_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/682/005_-_pl_ordinaria_006_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/439/004_-_pl_ordinaria_002_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/442/003_-_pl_resolucao_001_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/448/003_-_p_resolucao_002_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/451/008_-_p_resolucao_substitutivo_002_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/459/003_-_pl_ordinaria_034_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/462/004_-_pl_ordinaria_035_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/465/pl_ordinaria_036_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/468/pl_ordinaria_037_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/476/003_-_p__resolucao__003_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/477/008_-_p_resolucao_substitutivo_003_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/480/004_-_p_resolucao_004_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/487/006_-_pl_ordinaria_038_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/488/005_-_pl_ordinaria_046_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/492/005_-_pl_complementar_008_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/496/005_-_pl_ordinaria_045_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/500/006_-_pl_ordinaria_047_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/506/004_-_pl_ordinaria_039_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/509/004_-_pl_ordinaria_040_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/512/004_-_pl_ordinaria_048_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/517/004_-_p_resolucao_005_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/520/004_-_p_resolucao_006_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/525/004_-_pl_ordinaria_041_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/528/004_-_pl_ordinaria_042_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/531/003_-_pl_ordinaria_043_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/534/011_-_pl_ordinaria_044_2025_-_parecer_da_cljr.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/538/006_-_pl_substitutivo_049_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/549/007_-_pl_complementar_001_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/552/004_-_pl_complementar_002_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/555/004_-_pl_complementar_003_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/579/005_-_pl_ordinaria_050_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/580/006_-_pl_ordinaria_051_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/581/005_-_pl_ordinaria_052_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/582/015_-_p_substitutivo_resolucao_007_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/583/006_-_p_resolucao_008_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/584/005_-_p_resolucao_009_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/586/005_-_pl_substitutivo_complementar_004_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/589/005_-_pl_substitutivo_complementar_005_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/592/004_-_pl_complementar_006_2025_-parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/595/004_-_pl_complementar_007_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/604/004_-_pl_ordinaria_053_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/606/004_-_pl_ordinaria_054_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/608/004_-_pl_ordinaria_055_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/610/003_-_pl_ordinaria_056_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/612/003_-_p_resolucao_010_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/624/004_-_pl_ordinaria_003_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/630/012_-_p_lei_complementar_010_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/638/004_-_pl_complementar_009_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/640/004_-_pl_ordinaria_057_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/642/004_-_pl_ordinaria_058_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/644/004_-_pl_ordinaria_059_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/646/004_-_pl_ordinaria_060_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/648/004_-_pl_complementar_012_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/657/003_-_pl_ordinaria_004_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/658/008_-_p_resolucao_substitutivo_011_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/661/005_-_p_resolucao_012_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/662/004_-_pl_ordinaria_067_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/664/004_-_pl_ordinaria_066_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/666/004_-_pl_ordinaria_065_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/668/004_-_pl_complementar_011_2025_-parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/674/003_-_p_resolucao_013__2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/675/008_-_pl_ordinaria_substitutivo_004_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/680/004_-_pl_ordinaria_005_2025_-__parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/681/004_-pl_ordinaria_006_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/438/006_-_pl_ordinaria_002_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/450/005_-_p_resolucao_002_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/453/010_-_p_resolucao_substitutivo_002_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/461/005_-_pl_ordinaria_034_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/464/006_-_pl_ordinaria_035_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/467/pl_ordinaria_036_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/470/pl_ordinaria_037_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/475/005_-_p__resolucao__003_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/479/010_-_p_resolucao_substitutivo_003_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/482/006_-_p_resolucao_004_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/485/005_-_pl_ordinaria_038_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/490/007_-_pl_ordinaria_046_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/494/005_-_pl_complementar_008_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/498/004_-_pl_ordinaria_045_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/502/005_-_pl_ordinaria_047_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/505/006_-_pl_ordinaria_039_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/508/006_-_pl_ordinaria_040_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/513/005_-_pl_ordinaria_048_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/516/003_-_p_resolulcao_005_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/519/003_-_p_resolucao_006_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/524/005_-_pl_ordinaria_041_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/527/003_-_pl_ordinaria_042_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/530/005_-_pl_ordinaria_043_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/533/010_-_pl_ordinaria_044_2025_-_parecer_da_csppm.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/539/007_-_pl_substitutivo_049_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/548/006_-_pl_complementar_001_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/551/006_-_pl_complementar_002_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/557/006_-_pl_complementar_003_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/559/004_-_pl_ordinaria_050_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/561/005_-_pl_ordinaria_051_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/563/004_-_pl_ordinaria_052_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/565/012_-_p_substitutivo_resolucao_007_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/567/005_-_p_resolucao_008_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/569/004_-_p_resolucao_009_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/588/007_-_pl_substitutivo_complementar_004_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/591/007_-_pl_substitutivo_complementar_005_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/594/006_-_pl_complementar_006_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/597/006_-_pl_complementar_007_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/611/004_-_pl_ordinaria_056_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/613/004_-_p_resolucao_010_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/623/006_-_pl_ordinaria_003_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/629/011_-_p_lei_complementar_010_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/639/005_-_pl_complementar_009_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/641/005_-_pl_ordinaria_057_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/651/006_-_pl_complementar_012_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/656/005_-_pl_ordinaria_004_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/659/009_-_p_resolucao_substitutivo_011_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/669/005_-_pl_complementar_011_2025_-parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/673/002_-_p_resolucao_013__2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/676/010_-_pl_ordinaria_substitutivo_004_2025__parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/679/006_-_pl_ordinaria_005_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/683/006-_pl_ordinaria_006_2025_-_parecer_csppm.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/320/2025_01_06_projeto_lei_ordinaria_n_001_-_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/321/pl_ordinaria_002_2025_-_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/322/2025_01_10_projeto_lei_ordinaria_n_003_-_abertura_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/323/2025_01_10_projeto_lei_ordinaria_n_004_-_nomeacao_de_logradouros.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/324/pl_ordinaria_005_2025_-_reajuste_real.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/327/001_-_pl_ordinaria_006_2025_-_reajuste_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/328/pl_ordinaria_007_2025_-_altera_lei_1.663_-_folga_aniversarios.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/329/pl_ordinaria_008_2025_-_altera_redacao_lei_2381.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/330/001_-_pl_ordinaria_009_2025_-_abertura_credito_adicional_especial_lar_de_idosos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/331/001_-_pl_ordinaria_010_2025_-_abertura_credito_adicional_especial_aciac.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/332/001-_pl_ordinaria_011_2025_-_institui_simbolo_oficial.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/333/001_-_pl_ordinaria_012_2025_-_novo_prazo_aos_donatarios_da_lei_1.971_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/334/pl_ordinaria_013_2025_-_revisao_plano_municipal_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/346/pl_ordinaria_014_2025_-_codigo_de_etica_e_conduta_da_adm_publica.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/347/pl_ordinaria_015_2025_-_regime_disciplinar_processo_adm_e_sindicancia.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/348/pl_ord1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/349/pl_ord1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/350/pl_ordinaria_018_2025_-_ratificacao_contrato_de_consorcio_da_ameg.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/351/001_-__pl_ordinaria_019_2025_-_abertura_de_credito_santa_casa_de_piumhi.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/352/001_-_pl_ordinaria_020_2025_-_abertura_de_credito_adicional_especial_apae_50.46904.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/353/001-pl1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/354/pl_ordinaria_022_2025_-_alteracao_art.16_da_lc_n_018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/355/pl_ordinaria_023_2025_-_alteracao_de_dispositivos_na_lei_municipal_n2.422.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/356/pl_ordinaria_024_2025_-_abertura_de_credito_adicional_especial_apae.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/357/pl_ordinaria_025_2025_-_altera_item_1_do_anexo_i_da_lei_1.919_de_18_de_abril_de_2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/358/pl_ordinaria_026_2025_-_concessao_de_folga_aos_servidores_no_dia_de_seu_aniversario.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/359/pl_ordinaria_027_2025_-_alteracao_do_plano_plurianual_de_acoes_para_quadrienio_22-25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/360/pl_ordinaria_028_025_-_abertura_credito_adicional_especial_lar_de_idosos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/395/pl_ordinaria_029_2025_-_cessao_uso_de_bem_imovel_quartel_pm.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/396/pl_ordinaria_030_2025_-_contrato_bdmg.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/424/pl_ordinaria_031_2025_-_abertura_de_credito_adicional_suplementar_associacao_estudantil.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/425/001_-_pl_ordinaria_032_2025_-_autoriza_o_recebimento_de_bens_imoveis_na_forma_de_dacao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/426/pl_ord1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/427/pl_ordinaria_034_2025_-_execucao_hino_nacional_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/428/pl_ordinaria_035_2025_-_abertura_credito_adicional_especial_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/429/pl_ordinaria_036_2025_-_abertura_credito_adicional_especial_aciac.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/430/pl_ordinaria_037_2025_-_abertura_credito_adicional_especial_avamep.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/431/pl_ordinaria_038_2025_-_lei_de_diretrizes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/445/pl_ordinaria_039_2025_-_abertura_de_credito_adicional_associacao_estudantil.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/446/pl_ordinaria_040_2025_-_abertura_de_credito_lar_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/454/pl_ordinaria_041_2025_-_alteracao_art_4_da_lei_1928.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/455/pl_ordinaria_042_2025_-_alteracao_art_7_da_lei_1496.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/456/pl_ordinaria_043_2025_-_alteracao_art_7_da_lei_1527.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/457/001-pl1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/473/001_-_pl_ordinaria_045_2025_-_convenio_com_a_fcmmg.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/483/001_-_pl_ordinaria_046_2025_-_abertura_de_credito_adicional_apae_r140.00000.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/484/001_-_pl_ordinaria_047_2025_-_dispoe_sobre_anistia_de_multa.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/495/001_-_pl_ordinaria_048_2025_-_participacao_do_municipio_no_cimlago.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/511/001_-_pl_ordinaria_049_2025_-_nomeacao_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/543/001_-_pl_ordinaria_050_2025_-_autoriza_participacao_consorcio_icismep.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/544/001_-_pl_ordinaria_051_2025_-_abertura_de_credito_adicional_especial__icismep.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/545/001_-_pl_ordinaria_052_2025_-_revoga_lei_no_1.862_de_04_de_outubro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/599/pl_ordinaria_053_2025_-_abertura_de_cred._portaria_1110_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/600/pl_ordinaria_054_2025_-_abertura_cred._adicional_santa_casa_r_94.49027.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/601/pl_ordinaria_055_2025_-_abertura_cred._correcao_de_dotacoes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/602/pl_ordinaria_056_2025_-_obrigatoriedade_divulgacao_corte_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/603/pl_ordinaria_057_2025_-_torna_obrigatoria_a_aplicacao_do_questionario_m-chat.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/615/001_-_pl_ordinaria_058_2025_-_abertura_cred._repasse_fia_a_apae.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/616/pl_ordinaria_059_2025_-_abertura_cred._repasse_fia_a_avamep.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/617/001_-_pl_ordinaria_060_2025_-_abert._cred._transf._subvencao_ao_grupo_de_escoteiros.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/619/pl_ordinaria_061_2025_-_desafetacao_e_alienacao_de_areas_institucionais.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/632/001_-_pl_ordinaria_062_2025_-_altera_ldo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/633/001_-_pl_ordinaria_063_2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/634/001_-_pl_ordinaria_064_2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/650/001-pl2.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/652/001_-_pl_ordinaria_066_2025_-_abertura_cred._repasse_recursos_asec.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/653/pl_ordinaria_067_2025_-_instituicao_e_concessao_de_beneficios_fiscais.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/672/pl_ord1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/684/001_-_pl_ordinaria_069_2025_-_abono_natalino_servidores_municipio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/687/001_-_pl_ordinaria_070_2025_-_abert._credito_premiacao_boas_praticas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/688/001_-_pl_ordinaria_071_2025_-_instituicao_do_premio_praticas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/689/001_-_pl_ordinaria_072_2025_-_abertura_credito_horas_maquina_retro_do_cimlago.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/690/001_-_pl_ordinaria_073_2025_-_gratificacao_natalina_servidores_cmc.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/693/001_-_pl_ordinaria_074_2025_-_reconhece_chora_bananeira_de_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/694/001_-_pl_ordinaria_075_2025_-_altera_lei_no_2.380.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/752/001-pl2.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/801/001_-_pl_ordinaria_077_2025_-_incentivo_financeiro_farmaceutico_-_farmacia_de_minas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/802/001_-_pl_ordinaria_078_2025_-_concessao_e_prorrogacao_de_lip.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/803/001_-_pl_ordinaria_079_2025_-_alteracao_da_lei_2.345_de_14_de_junho_de_2.023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/804/001_-_pl_ordinaria_080_2025_-_reforma_e_ampliacao_casa_rosa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/813/001_-_pl_ordinaria_081_2025_-_abertura_credito_recurso_vaar.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/815/001_-_pl_ordinaria_082_2025_-_altera_lei_ordinaria_1.652.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/824/pl_ordinaria_083_2025_-altera_art._3o_da_lei_2.422.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/825/pl_ordinaria_084_2025_-_autoriza_concessao_de_uso_imovel.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/826/pl_ordinaria_085_2025_-_altera_art.33_da_lei_1.466.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_ordinaria_086_2025_-_alteral_lei_1.654_concessao_bolsa_de_estagio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/829/001_-_pl_ordinaria_087__2025_-_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/841/001_-_pl_ordinaria_088_2025_-_gestantes_recebimento_de_enxoval.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/842/001_-_pl_ordinaria_089__2025_-_abert._cred._devolucao_recurso_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/843/001_-_pl_ordinaria_090__2025_-_abert._cred._repasse_emenda_a_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/844/001_-_pl_ordinaria_091_2025_-_abert._cred._construcao_ponte_macaubas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/845/001_-_pl_ordinaria_092_2025_-_altera_lei_1.056_de_1995.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/848/001_-_pl_ordinaria_093_2025_-_autoriza_concessao_de_subvencao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/881/001_-_pl_ordinaria_094_2025_-_declara_assoc._de_catadores_de_utilid._publica.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/335/projeto_de_resolucao_001_-_institui_o_programa_de_integridade.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/336/001_-_p_resolucao_002_2025_-_regulamenta_a_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/337/001_-_p__resolucao__003_2025_-_regulamenta_lei_de_acesso_a_informacao.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/432/001_-_p_resolucao_004_2025_-_consignado_camara.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/471/pl_resolucao_005_-_altera_resolucao_09_de_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/472/pl_resolucao_006_-_regulamenta_doacao_de_bens_patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/522/001_-_p_resolucao_007_2025_-_diarias_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/553/001_-_p_resolucao_008_2025_-_autoriza_a_execucao_do_orcamento_da_camara_para_2026.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/554/001_-_p_resolucao_009_2025_-_regulamenta_programa_camara_digital.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/598/p_resolucao_010_2025_-_criacao_procuradoria_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/618/p_resolucao_011_2025_-_criacao_procon_camara.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/635/001_-_p_resolucao_012_2025_-_aprovacao_das_contas_do_executivo_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/671/p_resolucao_013__2025_-_autoriza_descaracterizacao_de_documentos_publicos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/816/001_-_p_resolucao_014_2025_-_nomeia_procon_camara_-_olimpio_delmino.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/830/001_-_p_resolucao_015__2025_-_tabela_de_temporalidade.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/831/001_-_p_resolucao_016__2025_-_lgpd.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/786/001_-_requerimento_001_2025_-_leticia_-_solicitacao_licenca_maternidade.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/787/001_-_requerimento_002_2025_-_gabriel_-_mocao_de_congratulacao_e_aplausos.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/788/001_-_requerimento_003_2025_-_edgley_-_cessao_do_plenario_para_palestra_pm.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/789/001_-_requerimento_004_2025_-_logan_-_cessao_do_plenario_para_reuniao_com_professores.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/790/001_-_requerimento_005_2025_-_leticia_-__relacao_de_oficios_indicacoes_e_requerimentos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/791/001_-_requerimento_006_2025_-_leticia_-_adeq._na_forma_de_publicar_dados_sensiveis.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/792/001_-_requerimento_007_2025_-_vereadores_20a_legislatura_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/793/001_-_requerimento_008_2025_-_leticia_-_cumprimento_da_lei_2.297_de_2022_agenda_transarente.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/794/001_-_requerimento_009_2025_-_logan_edgley_joao_sirlei_gabriel__-_convocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/795/001_-_requerimento_010_2025_-_controladoria_-_realizacao_de_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/796/001-re1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/797/001_-_requerimento_012_2025_-_logan_edgley_joao_sirlei_claudio_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/798/001_-_requerimento_013_2025_-_concocacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_014_2025_-_leticia_-_inconsistencia_sapl.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_015_2025_-_leticia_-_votacao_em_destaque.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/889/001_-requerimento_016_2025_-_leticia_-_solicita_retirada_de_projeto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/415/002_-_mocao_001_2025_-_gabriel_-_congratulacao_e__aplausos_ze_do_nelson.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_001_2025-_joao_getulio_-_solicitacao_estacionamento_pne.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_002_2025-_elizabete_e_renato_-_repasse_do_saldo_das_fichas_orcamentarias_as_entidades.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_005_2025_-_elizabete_e_renato_-_asfalto_acesso_a_escarpas.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_006_2025_-_logan_-_instalacao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_007_2025_-_logan_-_instalacao_de_guarda_corpo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_008_2025_-_logan_-_instalacao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_009_2025_-_joao_getulio_-_ampliacao_rotas_transporte_trabalhadores.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_010_2025_-_edgley_-_crias_cargos_para_monitor_de_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_011_2025_-_elizabete_-_instalacao_cameras_segurancas_creches_e_escolas.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_012_2025_-_elizabete_-_implementacao_de_transporte_circular.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_013_2025_-_elizabete_-_implantacao_de_ciclovia_na_avenida.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_014_2025_-_elizabete_-aquisicao_de_manilhas_mata-burros_e_maquinarios_retirada_pela_vereadora_2a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_015_2025_-_elizabete_-implantacao_do_servico_de_especialidade_em_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao_016_2025_-_elizabete_-_reajuste_e_valorizacao_salarial_para_auxiliares_de_enfermagem_e_auxiliares_em_saude_bucal.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_017_2025_-_elizabete_-_reajuste_e_valorizacao_salarial_para_tecnicos_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_018_2025_-_elizabete_-_fornecimento_de_uniformes_e_kits_bucais_as_escolas.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_019_2025_-_elizabete_-__instalacao_de_bancos_nas_pracas_do_bairro_cidade_jardim..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_020_2025_-_sirlei_-_criacao_cargos_para_gari.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao_021_2025_-_elizabete_-_manutencao_estradas_vicinais_migueis_e_onca.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao_022_2025_-_ellizabete_-_alteracao_na_lei_municipal_no1.663_de_08_de_maio_de_2013..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao_023_2025_-_ellizabete_-_substituicao_da_grama_sintetica_da_prainha.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_024_2025_-_ellizabete_-_instalacao_de_piso_emborrachado_ou_grama_sintetica_no_parquinho_da_orla_da_praia.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_025_2025_-_ellizabete_-_instalacao_de_brinquedos_inclusivos_para_pcd_no_parquinho_da_orla_da_praia.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/416/indicacao_026_2025_-_elizabete_e_renato_-_cacamba_na_orla_da_ponta_do_sol.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/417/indicacao_027_2025_-_elizabete_e_renato_-_coleta_de_lixo_no_bairro_ponta_do_sol.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_028_2025_-_edgley_e_sirley_-_aquisicao_de_materiais_para_construcao_de_corredores_as_margens_das_estradas_vicinais.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_029_2025_-_elizabete_e_renato_-_colocacao_de_conteineres_no_bairro_residencial_vitoria_ze_cipo..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_030_2025_-_comissao_de_legislacao_justica_e_redacao_-_alteracao_da_lei_municipal_no_2.436.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_031_2025_-_edgley_-_levantamento_de_demanda_e_oferta_do_eja.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_032_2025_-_edgley_-_viabilidade_de_custear_cursos_de_pos-graduacao_na_area_de_educacao_inclusiva.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_033_2025_-_elizabete_e_renato_-__aquisicao_de_carro_adaptado_para_saude.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_034_2025_-_edgley_e_jose_sirlei_-_concessao_de_subvencao_as_associacoes_de_bairro_e_associacoes_comunitarias_rurais_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_035_2025_-_edgley_-_desafetacao_e_leilao_de_lotes_municipais_para_construcao_de_moradias_sociais..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_036_2025_-_logan_-_pintura_de_faixas_de_pedestres_remocao_dos_canteiros_e_instalacao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_037_2025_-_leticia_-_aquisicao_e_instalacao_de_playground_na_praca_flamboyant..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_038_2025_-_claudio_-_desconto_na_taxa_cosip.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_039_2025_-_edgley_-_implementacao_circular_cidade_jardim.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao_040_2025_-_edgley_-_implementacao_de_vale_alimentacao_para_os_servidores.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_041_2025_-_claudio_dalmir_edgley_gabriel_joao_sirlei_e_logan_-_obras.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_042_2025_-_logan_-_criacao_caps.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_043_2025_-_edgley_-_projeto_de_reconhecimento_de_boas_praticas_na_educacao.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_044_2025_-_gabriel_e_claudio-_sugestao_de_providencias_a_serem_adotadas_nos_bairros_ambrosio_e_gatao.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/926/indicacao_045_2025_-_joao_getulio_-_analise_da_viabilidade_de_proibir_o_trafego_de_caminhoes_e_onibus.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/927/indicacao_046_2025_-_gabriel_e_claudio_-_contratar_uma_empresa_especializada_em_servicos_de_zeladoria_urbana.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_047_2025_-_renato_-_solicitacao_de_instalacao_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_048_2025_-_gabriel_e_claudio_-_manutencao_pontes_e_parklet_s.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_049_2025_-_dalmir_-_solicitacao_de_analise_de_gratificacao_natalina_aos_servidores_pubicos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_050_2025_-_dalmir_edgley_e_joao_getulio-_solicitacao_de_analise_sobre_estacionamento_diagonal_e_sentido_unico_na_rua_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_051_2025_-_edgley_e_jose_sirlei_-_doacao_de_mudas_de_cafe_e_calcario_aos_pequenos_produtores.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_052_2025_-_renato_-_solicitacao_de_contencao_e_limpeza_de_vegetacao_flutuante_na_represa_retirada_pelo_autor.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_053_2025_-_logan_-_sugere_nomeacao_para_o_novo_psf_rural_retirada_pelo_autor.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_054_2025_-_claudio_logan_joao_dalmir_gabriel_eddley_sirlei_renato_-_implantacao_do_tratamento_de_agua_via_copasa_na_macaubas_e_no_turvo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_055_2025_-_vereadores_da_20a_legislatura_-_canalizacao_do_corrego_do_virgilio.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_056_2025_-_vereadores_da_20a_legislatura-_sugestao_nome_psf_bela_vista_isabelinha.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_057_2025_-_vereadores_da_20a_legislatura-_melhorias_e_manutencoes_nas_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_058_2025_-_vereadores_da_20a_legislatura_-_limpeza_de_bueiros_e_galerias_pluviais.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_059_2025_-_vereadores_da_20a_legislatura_-_prevencao_de_queimadas..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_060_2025_-_leticia_-_implantacao_de_parquinho_no_bairro_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/942/indicacao_061_2025_-_renato_leticia_-_melhorias_praca_cmei_irma_irene..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/943/indicacao_062_2025_-_renato_-_retirada_redutor_de_velocidade_proximo_a_igreja_de_n.s._de_fatima.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_063_2025_-_vereadores_da_20a_legislatura_-_aquisicao_de_maquina_para_pintura_da_sinalizacao_horizontal_e_meios-fios_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/945/indicacao_064_2025_-_vereadores_da_20a_legislatura_-_criacao_de_um_espaco_multicultural_no_predio_onde_funcionava_o_antigo_matadouro_municipal.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/946/indicacao_065_2025_-_edgley_-_sugerir_o_aumento_do_numero_de_vagas_para_o_cargo_de_monitor_de_transpote_escolar.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_066_2025_-_logan_-_adequacao_adicional_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/948/indicacao_067_2025_-_leticia_-_aderir_resolucao_estadual_kit_maternidade.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/949/indicacao_068_2025_-_logan_e_edgley_-_placas_ruas.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_069_2025_-_logan_e_edgley_-_calendario_de_eventos_turisticos_anual.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_070_2025_-_logan-__reforma_gramado_sintetico_praia.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_071_2025_-_sirlei_e_edgley_-_reforma_e_alargameto_da_ponte_da_divisa_capitolio_e_guape.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/828/pl_01_2025_-_proposta_emenda_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/325/pl_complementar_001_2025__altera_lc_037.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/326/001_-_pl_complementar_002_2025__criacao_centro_educacional.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/338/001_-_pl_complementar_003_2025_-_programa_nutrir.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/397/001_-_pl_complementar_004_2025_-_alteracao_lc_n_003.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/399/001_-_pl_complementar_005_2025_-_alteracao_lc_n_001.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/401/pl_complementar_006_2025_-_alteracao_art._16_da_lc_18.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/402/pl_complementar_007_2025_-_aprova_loteamento_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/458/pl_complementar_008_2025_-_altera_art._89_da_lc_007.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/620/pl_complementar_009_2025_-_criacao_cmei_altera_lc_053_de_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/621/pl_complementar_010_2025_-_altera_lc_01_de_05_de_abril_de_1995.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/636/001_-_pl_complementar_011_2025_-_desafetacao_e_alienacao_de_areas_institucionais.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/637/pl_complementar_012_2025_-_desafeta_e_autoriza_a_permuta_de_bens_publicos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/685/001-pl1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/686/001_-_pl_complementar_014_2025_-_altera_redacao_do_art._25_da_lc_no_07_de_2010.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/695/001_-_pl_complementar_015_2025_-_condominios_horizontais.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/696/001_-_pl_complementar_016_2025_-_estrutura_organizacional_camara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/785/001_-_pl_complementar_017_2025_-_institui_taxa_fiscalizacao_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/814/001_-_pl_complementar_018_2025_-_taxa_de_manejo_de_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/823/pl_complementar_019_2025_-_altera_lei_complementar_no_803.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/846/001_-_pl_complementar_020_2025_-_altera_lei_complementar_no_003_de_2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/847/001_-_pl_complementar_021_2025_-_altera_lei_complementar_no_001_de_1995.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/886/001_-_pl_complementar_022_2025_-_altera_lei_complementar_no_014_de_2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/361/emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/362/emenda_modificativa_no_02.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/363/emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/404/emenda_modificativa_n_01_do_projeto_de_lei_complementar_n04.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/405/emenda_modificativa_n_01_ao_projeto_de_lei_complementar_substitutivo_n05.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/406/emenda_modificativa_n_01_ao_projeto_de_lei_ordinaria_n26.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/407/011_-_p_resolucao_substitutivo_002_2025_-_emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/408/012_-_p_resolucao_substitutivo_002_2025_-_emenda_modificativa_no_02.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/409/emenda_modificativa_n_03_ao_projeto_de_lei_de_resolucao_substitutivo_n02.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/410/emenda_modificativa_n_01_ao_projeto_de_lei_de_resolucao_substitutivo_n03.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/411/emenda_modificativa_n_01_ao_projeto_de_lei_complementar_n07.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/491/004_-_pl_ordinaria_046_2025_-_emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/499/009_-_pl_ordinaria_046_2025_-_emenda_modificativa_substitutiva_no_02.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/503/004_-_pl_complementar_008_2025_-_emenda_modificativa_no_002.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/504/003_-_pl_complementar_008_2025_-_emenda_modificativa_no_001.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/536/003_-_pl_ordinaria_044_2025_-_emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/537/003_-_pl_ordinaria_044_2025_-_emenda_modificativa_no_02.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/541/003_-_pl_substitutivo_049_2025_-_emenda_modificativa_no_01.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/542/004_-_pl_substitutivo_049_2025_-_emenda_aditiva_no_01.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/570/004_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_001.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/571/005_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_002.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/572/006_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_003.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/573/007_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_004.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/574/008_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_005.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/575/009_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_006.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/576/010_-_p_substitutivo_resolucao_007_2025_-_emenda_modificativa_no_007.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/577/011_-_p_resolucao_substitutivo_007_2025_-_emenda_modificativa_no_008.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/578/012_-_p_resolucao_substitutivo_007_2025_-_emenda_modificativa_no_009.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/585/016_-_p_resolucao_substitutivo_007_2025_-_emenda_modificativa_no_010.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/625/005_-_p_lei_complementar_010_2025_-_emenda_supressiva_no_001.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/626/006_-_p_lei_complementar_010_2025_-_emenda_modificativa_no_001.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/627/007_-_p_lei_complementar_010_2025_-_emenda_modificativa_no_002.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/700/004_-_pl_ordinaria_013_2025_-_emenda_modificativa_n01.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/701/005_-_pl_ordinaria_013_2025_-_emenda_supressiva_n_01.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/703/010_-_pl_ordinaria_013_2025_-_emenda_supressiva_n_02.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/702/007_-_pl_ordinaria_013_2025_-_emenda_modificativa_n02.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/725/003_-_pl_ordinaria_068_2025_-_emenda_modificativa_no_001.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/726/004_-_pl_ordinaria_073_2025_-_emenda_modificativa_no_001.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/727/006_-_pl_complementar_016_2025_-_emenda_supressiva_no_001.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/806/004_-_pl_complementar_017_2025_-_emenda_aditiva_no_001.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/854/005_-_pl_complementar_018_2025_-_emenda_aditiva_no_001.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/863/004_-_pl_ordinaria_083_2025_-_emenda_modificativa_no_001.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/870/004_-_pl_ordinaria_087_2025_-_emenda_modificativa_no_001.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/877/009_-_pl_complementar_018_2025_-_emenda_modificatica_no_001.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/878/007_-_pl_ordinaria_087_2025_-_emenda_modificativa_no_002.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/879/008_-_pl_ordinaria_087_2025_-_emenda_modificativa_no_003.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/882/006_-_pl_ordinaria_044_2025_-_emenda_modificativa_no_03.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/883/007_-_pl_ordinaria_044_2025_-_emenda_modificativa_no_04.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/884/008_-_pl_ordinaria_044_2025_-_emenda_modificativa_no_05.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/885/009_-_pl_ordinaria_044_2025_-_emenda_modificativa_subst._no_05.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/890/006_-_pl_complementar_019_2025_-_emenda_supressiva_no_001.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/891/007_-_pl_complementar_019_2025_-_emenda_modificativa_no_001.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/898/007_-_pl_ordinaria_substitutivo_063_2025_-_emenda_aditiva_no_001.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_substitutivo_de_lei_complementar_004_2025_-_alteracao_lc_n_003.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/400/projeto_substitutivo_de_lei_complementar_005_2025_-_alteracao_lc_n_001.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/403/pl_ordinaria_substitutivo_004_2025_-_nomeacao_de_logradouros.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/412/pl_resolucao_substitutivo_002_2025_-_ouvidoria_legislativa.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/413/006_-_p_resolucao_substitutivo_003_2025_-_lei_de_acesso_a_informacao.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/515/002_-_pl_substitutivo_049_2025_-_nomeacao_de_logradouros.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/546/001_-_p_substitutivo_resolucao_007_2025_-_diarias_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/654/005_-_p_resolucao_substitutivo_011_2025_-_criacao_procon_camara.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/805/003_-_pl_substitutivo_064_2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/822/001_-_pl_ordinaria_substitutivo_078_2025_-_concessao_e_prorrogacao_de_lip.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/849/003_-_pl_ordinaria_substitutivo_062_2025_-_altera_ldo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/850/003_-_pl_ordinaria_substitutivo_063_2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/443/005_-_pl_ordinaria_002_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/444/004_-_pl_resolucao_001_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/449/004_-_p_resolucao_002_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/452/009_-_p_resolucao_substitutivo_002_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/460/004_-_pl_ordinaria_034_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/463/005_-_pl_ordinaria_035_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/466/pl_ordinaria_036_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/469/pl_ordinaria_037_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/474/004_-_p__resolucao__003_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/478/009_-_p_resolucao_substitutivo_003_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/481/005_-_p_resolucao_004_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/486/007_-_pl_ordinaria_038_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/489/006_-_pl_ordinaria_046_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/493/004_-_pl_complementar_008_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/497/006_-_pl_ordinaria_045_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/501/007_-_pl_ordinaria_047_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/507/005_-_pl_ordinaria_039_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/510/005_-_pl_ordinaria_040_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/514/006_-_pl_ordinaria_048_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/518/005_-_p_resolucao_005_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/521/005_-_p-resolucao_006_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/526/003_-_pl_ordinaria_041_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/529/005_-_pl_ordinaria_042_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/532/004_-_pl_ordinaria_043_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/535/012_-_pl_ordinaria_044_2025_-_parecer_da_cfotc.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/540/008_-_pl_substitutivo_049_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/547/005_-_pl_complementar_001_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/550/005_-_pl_complementar_002_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/556/005_-_pl_complementar_003_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/558/003_-_pl_ordinaria_050_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/560/004_-_pl_ordinaria_051_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/562/003_-_pl_ordinaria_052_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/564/013_-_p_substitutivo_resolucao_007_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/566/004_-_p_resolucao_008_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/568/003_-_p_resolucao_009_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/587/006_-_pl_substitutivo_complementar_004_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/590/006_-_pl_substitutivo_complementar_005_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/593/005_-_pl_complementar_006_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/596/005_-_pl_complementar_007_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/605/005_-_pl_ordinaria_053_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/607/005_-_pl_ordinaria_054_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/609/005_-_pl_ordinaria_055_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/614/005_-_p_resolucao_010_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/622/005_-_pl_ordinaria_003_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/631/013_-_p_lei_complementar_010_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/643/005_-_pl_ordinaria_058_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/645/005_-_pl_ordinaria_059_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/647/005_-_pl_ordinaria_060_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/649/005_-_pl_complementar_012_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/655/004_-_pl_ordinaria_004_2025_-parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/660/010_-_p_resolucao_substitutivo_011_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/663/005_-_pl_ordinaria_067_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/665/005_-_pl_ordinaria_066_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/667/005_-_pl_ordinaria_065_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/670/006_-_pl_complementar_011_2025_-parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/677/009_-_pl_ordinaria_substitutivo_004_2025__parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/678/005_-_pl_ordinaria_005_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/682/005_-_pl_ordinaria_006_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/692/005_-_pl_ordinaria_072_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/698/005_-_pl_ordinaria_011_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/711/008_-_pl_complementar_016_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/715/005_-_pl_ordinaria_069_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/717/005_-_pl_ordinaria_070_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/720/006_-_pl_ordinaria_071_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/722/006_-_pl_ordinaria_073_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/730/004_-_pl_ordinaria_015_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/731/004_-_pl_ordinaria_014_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/735/005-pl1.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/738/005-pl1.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/741/005_-_pl_ordinaria_018_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/744/005_-_pl_ordinaria_019_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/747/005_-_pl_ordinaria_020_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/750/005_-_pl_ordinaria_021_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/754/005_-_pl_ordinaria_023_2025_-_parecer_coftc.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/757/005_-_pl_ordinaria_024_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/760/005_-_pl_ordinaria_025_2225_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/763/004_-_pl_ordinaria_026_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/766/006_-__pl_ordinaria_027_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/769/005_-_pl_ordinaria_028_025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/772/005_-_pl_ordinaria_029_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/775/005_-_pl_ordinaria_030_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/778/005_-_pl_ordinaria_032_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/781/005_-_pl_ordinaria_033_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/812/005_-_pl_ordinaria_080_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/817/006_-_pl_ordinaria_077_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/819/005_-_pl_ordinaria_081_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/821/008_-_pl_substitutivo_064_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/851/008_-_pl_complementar_017_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/853/005_-_pl_01_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/856/007_-_pl_complementar_018_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/858/005_-_pl_complementar_019_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/865/006_-_pl_ordinaria_083_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/869/006_-_pl_ordinaria_087__2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/893/006_-_pl_complementar_020_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/895/005_-_pl_complementar_021_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/897/008_-_pl_ordinaria_substitutivo_062_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/900/009_-_pl_ordinaria_substitutivo_063_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/902/006_-_pl_ordinaria_085_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/904/006_-_pl_ordinaria_086_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/907/005_-_pl_ordinaria_089_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/909/005_-_pl_ordinaria_090_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/911/005_-_pl_ordinaria_091_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/913/005_-_pl_ordinaria_093_2025_-_parecer_cfotc.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/439/004_-_pl_ordinaria_002_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/442/003_-_pl_resolucao_001_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/448/003_-_p_resolucao_002_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/451/008_-_p_resolucao_substitutivo_002_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/459/003_-_pl_ordinaria_034_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/462/004_-_pl_ordinaria_035_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/465/pl_ordinaria_036_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/468/pl_ordinaria_037_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/476/003_-_p__resolucao__003_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/477/008_-_p_resolucao_substitutivo_003_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/480/004_-_p_resolucao_004_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/487/006_-_pl_ordinaria_038_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/488/005_-_pl_ordinaria_046_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/492/005_-_pl_complementar_008_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/496/005_-_pl_ordinaria_045_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/500/006_-_pl_ordinaria_047_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/506/004_-_pl_ordinaria_039_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/509/004_-_pl_ordinaria_040_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/512/004_-_pl_ordinaria_048_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/517/004_-_p_resolucao_005_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/520/004_-_p_resolucao_006_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/525/004_-_pl_ordinaria_041_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/528/004_-_pl_ordinaria_042_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/531/003_-_pl_ordinaria_043_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/534/011_-_pl_ordinaria_044_2025_-_parecer_da_cljr.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/538/006_-_pl_substitutivo_049_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/549/007_-_pl_complementar_001_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/552/004_-_pl_complementar_002_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/555/004_-_pl_complementar_003_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/579/005_-_pl_ordinaria_050_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/580/006_-_pl_ordinaria_051_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/581/005_-_pl_ordinaria_052_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/582/015_-_p_substitutivo_resolucao_007_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/583/006_-_p_resolucao_008_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/584/005_-_p_resolucao_009_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/586/005_-_pl_substitutivo_complementar_004_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/589/005_-_pl_substitutivo_complementar_005_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/592/004_-_pl_complementar_006_2025_-parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/595/004_-_pl_complementar_007_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/604/004_-_pl_ordinaria_053_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/606/004_-_pl_ordinaria_054_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/608/004_-_pl_ordinaria_055_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/610/003_-_pl_ordinaria_056_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/612/003_-_p_resolucao_010_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/624/004_-_pl_ordinaria_003_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/630/012_-_p_lei_complementar_010_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/638/004_-_pl_complementar_009_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/640/004_-_pl_ordinaria_057_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/642/004_-_pl_ordinaria_058_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/644/004_-_pl_ordinaria_059_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/646/004_-_pl_ordinaria_060_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/648/004_-_pl_complementar_012_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/657/003_-_pl_ordinaria_004_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/658/008_-_p_resolucao_substitutivo_011_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/661/005_-_p_resolucao_012_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/662/004_-_pl_ordinaria_067_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/664/004_-_pl_ordinaria_066_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/666/004_-_pl_ordinaria_065_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/668/004_-_pl_complementar_011_2025_-parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/674/003_-_p_resolucao_013__2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/675/008_-_pl_ordinaria_substitutivo_004_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/680/004_-_pl_ordinaria_005_2025_-__parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/681/004_-pl_ordinaria_006_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/691/004_-_pl_ordinaria_072_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/697/004_-_pl_ordinaria_011_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/704/004_-_pl_complementar_013_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/706/003_-_pl_complementar_014_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/708/003_-_pl_complementar_015_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/710/007_-_pl_complementar_016_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/718/004_-_pl_ordinaria_068_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/714/004_-_pl_ordinaria_069_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/716/004_-_pl_ordinaria_070_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/719/005_-_pl_ordinaria_071_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/721/005_-_pl_ordinaria_073_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/723/004_-_pl_ordinaria_075_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/728/003_-_pl_ordinaria_014_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/729/003_-_pl_ordinaria_015_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/734/004-pl1.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/737/004-pl2.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/740/004_-_pl_ordinaria_018_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/743/004_-_pl_ordinaria_019_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/746/004_-_pl_ordinaria_020_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/749/004_-_pl_ordinaria_021_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/753/004_-_pl_ordinaria_023_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/756/004_-_pl_ordinaria_024_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/759/004_-_pl_ordinaria_025_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/762/003_-_pl_ordinaria_026_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/765/005_-__pl_ordinaria_027_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/768/004_-_pl_ordinaria_028_025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/771/004_-_pl_ordinaria_029_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/774/004_-_pl_ordinaria_030_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/777/004_-_pl_ordinaria_032_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/780/004_-_pl_ordinaria_033_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/783/003_-_pl_ordinaria_074_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/799/003_-_pl_ordinaria_076_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/807/005_-_pl_complementar_017_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/808/004_-_pl_ordinaria_077_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/809/003_-_pl_ordinaria_079_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/811/004_-_pl_ordinaria_080_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/818/004_-_pl_ordinaria_081_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/820/009_-_pl_substitutivo_064_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/852/004_-_pl_01_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/855/006_-_pl_complementar_018_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/857/004_-_pl_complementar_019_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/859/005_-_pl_ordinaria_substitutivo_078_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/861/003_-_pl_ordinaria_082_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/864/005_-_pl_ordinaria_083_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/866/004_-_pl_ordinaria_084_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/868/005_-_pl_ordinaria_087__2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/871/003_-_p_resolucao_014_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/873/003_-_p_resolucao_015_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/875/002_-_p_resolucao_016__2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/892/004_-_pl_complementar_020_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/894/004_-_pl_complementar_021_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/896/007_-_pl_ordinaria_substitutivo_062_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/899/008_-_pl_ordinaria_substitutivo_063_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/901/004_-_pl_ordinaria_085_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/903/004_-_pl_ordinaria_086_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/905/004_-_pl_ordinaria_088_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/906/004_-_pl_ordinaria_089_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/908/004_-_pl_ordinaria_090_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/910/004_-_pl_ordinaria_091_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/912/004_-_pl_ordinaria_093_2025_-_parecer_cljr.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/438/006_-_pl_ordinaria_002_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/450/005_-_p_resolucao_002_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/453/010_-_p_resolucao_substitutivo_002_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/461/005_-_pl_ordinaria_034_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/464/006_-_pl_ordinaria_035_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/467/pl_ordinaria_036_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/470/pl_ordinaria_037_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/475/005_-_p__resolucao__003_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/479/010_-_p_resolucao_substitutivo_003_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/482/006_-_p_resolucao_004_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/485/005_-_pl_ordinaria_038_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/490/007_-_pl_ordinaria_046_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/494/005_-_pl_complementar_008_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/498/004_-_pl_ordinaria_045_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/502/005_-_pl_ordinaria_047_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/505/006_-_pl_ordinaria_039_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/508/006_-_pl_ordinaria_040_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/513/005_-_pl_ordinaria_048_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/516/003_-_p_resolulcao_005_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/519/003_-_p_resolucao_006_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/524/005_-_pl_ordinaria_041_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/527/003_-_pl_ordinaria_042_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/530/005_-_pl_ordinaria_043_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/533/010_-_pl_ordinaria_044_2025_-_parecer_da_csppm.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/539/007_-_pl_substitutivo_049_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/548/006_-_pl_complementar_001_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/551/006_-_pl_complementar_002_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/557/006_-_pl_complementar_003_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/559/004_-_pl_ordinaria_050_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/561/005_-_pl_ordinaria_051_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/563/004_-_pl_ordinaria_052_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/565/012_-_p_substitutivo_resolucao_007_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/567/005_-_p_resolucao_008_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/569/004_-_p_resolucao_009_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/588/007_-_pl_substitutivo_complementar_004_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/591/007_-_pl_substitutivo_complementar_005_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/594/006_-_pl_complementar_006_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/597/006_-_pl_complementar_007_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/611/004_-_pl_ordinaria_056_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/613/004_-_p_resolucao_010_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/623/006_-_pl_ordinaria_003_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/629/011_-_p_lei_complementar_010_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/639/005_-_pl_complementar_009_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/641/005_-_pl_ordinaria_057_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/651/006_-_pl_complementar_012_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/656/005_-_pl_ordinaria_004_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/659/009_-_p_resolucao_substitutivo_011_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/669/005_-_pl_complementar_011_2025_-parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/673/002_-_p_resolucao_013__2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/676/010_-_pl_ordinaria_substitutivo_004_2025__parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/679/006_-_pl_ordinaria_005_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/683/006-_pl_ordinaria_006_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/699/006_-_pl_ordinaria_011_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/705/005_-_pl_complementar_013_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/707/004_-_pl_complementar_014_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/709/004_-_pl_complementar_015_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/713/005_-_pl_ordinaria_068_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/724/005_-_pl_ordinaria_075_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/732/005_-_pl_ordinaria_014_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/733/005_-_pl_ordinaria_015_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/736/006-pl1.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/739/006-pl2.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/742/006_-_pl_ordinaria_018_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/745/006_-_pl_ordinaria_019_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/748/006_-_pl_ordinaria_020_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/751/006_-_pl_ordinaria_021_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/755/006_-_pl_ordinaria_023_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/758/006_-_pl_ordinaria_024_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/761/006_-_pl_ordinaria_025_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/764/005_-_pl_ordinaria_026_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/767/007_-__pl_ordinaria_027_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/770/006_-_pl_ordinaria_028_025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/773/006_-_pl_ordinaria_029_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/776/006_-_pl_ordinaria_030_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/779/006_-_pl_ordinaria_032_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/782/006_-_pl_ordinaria_033_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/784/004_-_pl_ordinaria_074_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/800/004_-_pl_ordinaria_076_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/810/004_-_pl_ordinaria_079_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/860/006_-_pl_ordinaria_substitutivo_078_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/862/004_-_pl_ordinaria_082_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/867/005_-_pl_ordinaria_084_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/872/004_-_p_resolucao_014_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/874/004_-_p_resolucao_015_2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/876/003_-_p_resolucao_016__2025_-_parecer_csppm.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/832/011_-_emenda_individual_no_01_-_loa__2026_-_claudio.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/833/012_-_emenda_individual_no_02_-_loa__2026_-_dalmir.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/834/013_-_emenda_individual_no_03_-_loa__2026_-_edgley.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/835/014_-_emenda_individual_no_04_-_loa__2026_-_gabriel.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/836/015_-_emenda_individual_no_05_-_loa__2026_-_joao_getulio.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/837/016_-_emenda_individual_no_06_-_loa__2026_-_jose_sirlei.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/838/017_-_emenda_individual_no_07_-_loa__2026_-_leticia.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/839/018_-_emenda_individual_no_08_-_loa__2026_-_logan.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/840/019_-_emenda_individual_no_09_-_loa__2026_-_renato.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2025/880/009_-_pl_ordinaria_087_2025_-_subemenda_modificativa_no_001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H353"/>
+  <dimension ref="A1:H609"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="58" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="239.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="115.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="217" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -4664,54 +7020,54 @@
       </c>
       <c r="H21" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>95</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="H22" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>98</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>99</v>
       </c>
       <c r="H23" t="s">
@@ -4745,8570 +7101,15214 @@
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>105</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>106</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>107</v>
       </c>
       <c r="H25" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H26" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H27" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>116</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H28" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H29" t="s">
-        <v>124</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="H30" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="H31" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="H32" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="H33" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="H34" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
+        <v>145</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H35" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="H36" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="H37" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="H38" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="H39" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="H40" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="H41" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H42" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="H43" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="H44" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="H45" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="H46" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="H47" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="H48" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="H49" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="H50" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H51" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="H52" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
         <v>34</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="H53" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="H54" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H55" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="H56" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
+        <v>234</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H57" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
+        <v>239</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H58" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="H59" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="H60" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="H61" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="H62" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="H63" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="H64" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="H65" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="H66" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="H67" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="H68" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
+        <v>284</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H69" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>287</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>288</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="B70" t="s">
-[...5 lines deleted...]
-      <c r="D70" t="s">
+      <c r="H70" t="s">
         <v>290</v>
-      </c>
-[...10 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>291</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>292</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H71" t="s">
         <v>294</v>
-      </c>
-[...19 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>295</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>296</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="B72" t="s">
-[...14 lines deleted...]
-      <c r="G72" s="1" t="s">
+      <c r="H72" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>299</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>300</v>
       </c>
-      <c r="B73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D73" t="s">
-        <v>290</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>291</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>301</v>
       </c>
       <c r="H73" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>303</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>29</v>
+        <v>304</v>
       </c>
       <c r="D74" t="s">
-        <v>290</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>291</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>286</v>
+        <v>34</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H74" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="D75" t="s">
-        <v>290</v>
+        <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>291</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>286</v>
+        <v>145</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="H75" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>38</v>
+        <v>312</v>
       </c>
       <c r="D76" t="s">
-        <v>290</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>291</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="H76" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>42</v>
+        <v>316</v>
       </c>
       <c r="D77" t="s">
-        <v>290</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>291</v>
+        <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>286</v>
+        <v>55</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="H77" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>46</v>
+        <v>320</v>
       </c>
       <c r="D78" t="s">
-        <v>290</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>291</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="H78" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>50</v>
+        <v>324</v>
       </c>
       <c r="D79" t="s">
-        <v>290</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>291</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="H79" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>54</v>
+        <v>328</v>
       </c>
       <c r="D80" t="s">
-        <v>290</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>291</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="H80" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>59</v>
+        <v>332</v>
       </c>
       <c r="D81" t="s">
-        <v>290</v>
+        <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>12</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="H81" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="D82" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="H82" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>17</v>
+        <v>340</v>
       </c>
       <c r="D83" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="H83" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>21</v>
+        <v>344</v>
       </c>
       <c r="D84" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="H84" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>25</v>
+        <v>348</v>
       </c>
       <c r="D85" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="H85" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>29</v>
+        <v>352</v>
       </c>
       <c r="D86" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="H86" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>33</v>
+        <v>356</v>
       </c>
       <c r="D87" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>345</v>
+        <v>357</v>
       </c>
       <c r="H87" t="s">
-        <v>346</v>
+        <v>358</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>347</v>
+        <v>359</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>38</v>
+        <v>360</v>
       </c>
       <c r="D88" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F88" t="s">
         <v>34</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>348</v>
+        <v>361</v>
       </c>
       <c r="H88" t="s">
-        <v>349</v>
+        <v>362</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>350</v>
+        <v>363</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>42</v>
+        <v>364</v>
       </c>
       <c r="D89" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>351</v>
+        <v>365</v>
       </c>
       <c r="H89" t="s">
-        <v>352</v>
+        <v>366</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>353</v>
+        <v>367</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>46</v>
+        <v>368</v>
       </c>
       <c r="D90" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="H90" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>50</v>
+        <v>372</v>
       </c>
       <c r="D91" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>357</v>
+        <v>13</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>358</v>
+        <v>373</v>
       </c>
       <c r="H91" t="s">
-        <v>359</v>
+        <v>374</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>360</v>
+        <v>375</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>54</v>
+        <v>376</v>
       </c>
       <c r="D92" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>361</v>
+        <v>377</v>
       </c>
       <c r="H92" t="s">
-        <v>362</v>
+        <v>378</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>363</v>
+        <v>379</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>59</v>
+        <v>380</v>
       </c>
       <c r="D93" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>365</v>
+        <v>381</v>
       </c>
       <c r="H93" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>367</v>
+        <v>383</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>63</v>
+        <v>384</v>
       </c>
       <c r="D94" t="s">
-        <v>328</v>
+        <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>368</v>
+        <v>385</v>
       </c>
       <c r="H94" t="s">
-        <v>369</v>
+        <v>386</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>370</v>
+        <v>387</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>10</v>
+        <v>388</v>
       </c>
       <c r="D95" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>147</v>
+        <v>284</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>373</v>
+        <v>389</v>
       </c>
       <c r="H95" t="s">
-        <v>374</v>
+        <v>390</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>375</v>
+        <v>391</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E96" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F96" t="s">
-        <v>378</v>
+        <v>34</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>379</v>
+        <v>394</v>
       </c>
       <c r="H96" t="s">
-        <v>380</v>
+        <v>395</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>381</v>
+        <v>396</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>17</v>
       </c>
       <c r="D97" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E97" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F97" t="s">
-        <v>382</v>
+        <v>34</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>383</v>
+        <v>397</v>
       </c>
       <c r="H97" t="s">
-        <v>384</v>
+        <v>398</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>385</v>
+        <v>399</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>21</v>
       </c>
       <c r="D98" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E98" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F98" t="s">
-        <v>382</v>
+        <v>34</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>92</v>
+        <v>400</v>
       </c>
       <c r="H98" t="s">
-        <v>386</v>
+        <v>401</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>387</v>
+        <v>402</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>25</v>
       </c>
       <c r="D99" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E99" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F99" t="s">
-        <v>382</v>
+        <v>34</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>92</v>
+        <v>403</v>
       </c>
       <c r="H99" t="s">
-        <v>388</v>
+        <v>404</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>389</v>
+        <v>405</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>29</v>
       </c>
       <c r="D100" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E100" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F100" t="s">
-        <v>382</v>
+        <v>34</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>390</v>
+        <v>406</v>
       </c>
       <c r="H100" t="s">
-        <v>391</v>
+        <v>407</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>392</v>
+        <v>408</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>33</v>
       </c>
       <c r="D101" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E101" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F101" t="s">
-        <v>357</v>
+        <v>34</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>393</v>
+        <v>409</v>
       </c>
       <c r="H101" t="s">
-        <v>394</v>
+        <v>410</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>395</v>
+        <v>411</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>38</v>
       </c>
       <c r="D102" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E102" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F102" t="s">
-        <v>357</v>
+        <v>34</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>396</v>
+        <v>412</v>
       </c>
       <c r="H102" t="s">
-        <v>397</v>
+        <v>413</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>398</v>
+        <v>414</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>42</v>
       </c>
       <c r="D103" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E103" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F103" t="s">
-        <v>357</v>
+        <v>34</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>399</v>
+        <v>415</v>
       </c>
       <c r="H103" t="s">
-        <v>400</v>
+        <v>416</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>401</v>
+        <v>417</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>46</v>
       </c>
       <c r="D104" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E104" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F104" t="s">
-        <v>378</v>
+        <v>34</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>402</v>
+        <v>418</v>
       </c>
       <c r="H104" t="s">
-        <v>403</v>
+        <v>419</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>404</v>
+        <v>420</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>50</v>
       </c>
       <c r="D105" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E105" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F105" t="s">
-        <v>405</v>
+        <v>421</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>406</v>
+        <v>422</v>
       </c>
       <c r="H105" t="s">
-        <v>407</v>
+        <v>423</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>408</v>
+        <v>424</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>54</v>
       </c>
       <c r="D106" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E106" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F106" t="s">
-        <v>409</v>
+        <v>34</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>410</v>
+        <v>425</v>
       </c>
       <c r="H106" t="s">
-        <v>411</v>
+        <v>426</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>59</v>
       </c>
       <c r="D107" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E107" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F107" t="s">
-        <v>409</v>
+        <v>428</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>413</v>
+        <v>429</v>
       </c>
       <c r="H107" t="s">
-        <v>414</v>
+        <v>430</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>415</v>
+        <v>431</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>63</v>
       </c>
       <c r="D108" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E108" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F108" t="s">
-        <v>409</v>
+        <v>34</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>416</v>
+        <v>432</v>
       </c>
       <c r="H108" t="s">
-        <v>417</v>
+        <v>433</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>418</v>
+        <v>434</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D109" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E109" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F109" t="s">
-        <v>409</v>
+        <v>435</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>419</v>
+        <v>436</v>
       </c>
       <c r="H109" t="s">
-        <v>420</v>
+        <v>437</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>421</v>
+        <v>438</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D110" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E110" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F110" t="s">
-        <v>409</v>
+        <v>34</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>422</v>
+        <v>439</v>
       </c>
       <c r="H110" t="s">
-        <v>423</v>
+        <v>440</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>424</v>
+        <v>441</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D111" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E111" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F111" t="s">
-        <v>409</v>
+        <v>34</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>425</v>
+        <v>442</v>
       </c>
       <c r="H111" t="s">
-        <v>426</v>
+        <v>443</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>427</v>
+        <v>444</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="D112" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E112" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F112" t="s">
-        <v>409</v>
+        <v>234</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>428</v>
+        <v>447</v>
       </c>
       <c r="H112" t="s">
-        <v>429</v>
+        <v>448</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>430</v>
+        <v>449</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>87</v>
+        <v>17</v>
       </c>
       <c r="D113" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E113" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F113" t="s">
-        <v>409</v>
+        <v>145</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>431</v>
+        <v>450</v>
       </c>
       <c r="H113" t="s">
-        <v>432</v>
+        <v>451</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>433</v>
+        <v>452</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="D114" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E114" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F114" t="s">
-        <v>434</v>
+        <v>453</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>435</v>
+        <v>454</v>
       </c>
       <c r="H114" t="s">
-        <v>436</v>
+        <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>437</v>
+        <v>456</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>95</v>
+        <v>25</v>
       </c>
       <c r="D115" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E115" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F115" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>438</v>
+        <v>457</v>
       </c>
       <c r="H115" t="s">
-        <v>439</v>
+        <v>458</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>440</v>
+        <v>459</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>98</v>
+        <v>29</v>
       </c>
       <c r="D116" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E116" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F116" t="s">
-        <v>409</v>
+        <v>234</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>441</v>
+        <v>460</v>
       </c>
       <c r="H116" t="s">
-        <v>442</v>
+        <v>461</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>443</v>
+        <v>462</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>102</v>
+        <v>33</v>
       </c>
       <c r="D117" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E117" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F117" t="s">
-        <v>409</v>
+        <v>234</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>444</v>
+        <v>463</v>
       </c>
       <c r="H117" t="s">
-        <v>445</v>
+        <v>464</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>465</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>38</v>
+      </c>
+      <c r="D118" t="s">
+        <v>445</v>
+      </c>
+      <c r="E118" t="s">
         <v>446</v>
       </c>
-      <c r="B118" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F118" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>447</v>
+        <v>467</v>
       </c>
       <c r="H118" t="s">
-        <v>448</v>
+        <v>468</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>449</v>
+        <v>469</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>110</v>
+        <v>42</v>
       </c>
       <c r="D119" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E119" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F119" t="s">
-        <v>409</v>
+        <v>234</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>450</v>
+        <v>470</v>
       </c>
       <c r="H119" t="s">
-        <v>451</v>
+        <v>471</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>452</v>
+        <v>472</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>114</v>
+        <v>46</v>
       </c>
       <c r="D120" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E120" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F120" t="s">
-        <v>382</v>
+        <v>473</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>453</v>
+        <v>474</v>
       </c>
       <c r="H120" t="s">
-        <v>454</v>
+        <v>468</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>455</v>
+        <v>475</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>118</v>
+        <v>50</v>
       </c>
       <c r="D121" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E121" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>446</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>456</v>
+        <v>476</v>
       </c>
       <c r="H121" t="s">
-        <v>457</v>
+        <v>468</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>458</v>
+        <v>477</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>122</v>
+        <v>54</v>
       </c>
       <c r="D122" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E122" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F122" t="s">
-        <v>459</v>
+        <v>478</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>460</v>
+        <v>479</v>
       </c>
       <c r="H122" t="s">
-        <v>461</v>
+        <v>480</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>462</v>
+        <v>481</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>126</v>
+        <v>59</v>
       </c>
       <c r="D123" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E123" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F123" t="s">
-        <v>382</v>
+        <v>482</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>463</v>
+        <v>483</v>
       </c>
       <c r="H123" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>465</v>
+        <v>484</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>130</v>
+        <v>63</v>
       </c>
       <c r="D124" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E124" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F124" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>467</v>
+        <v>485</v>
       </c>
       <c r="H124" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>134</v>
+        <v>67</v>
       </c>
       <c r="D125" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E125" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F125" t="s">
-        <v>405</v>
+        <v>234</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="H125" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>472</v>
+        <v>489</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>138</v>
+        <v>71</v>
       </c>
       <c r="D126" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E126" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F126" t="s">
-        <v>405</v>
+        <v>234</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>473</v>
+        <v>490</v>
       </c>
       <c r="H126" t="s">
-        <v>474</v>
+        <v>491</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>475</v>
+        <v>492</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>142</v>
+        <v>75</v>
       </c>
       <c r="D127" t="s">
-        <v>376</v>
+        <v>445</v>
       </c>
       <c r="E127" t="s">
-        <v>377</v>
+        <v>446</v>
       </c>
       <c r="F127" t="s">
-        <v>382</v>
+        <v>234</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>476</v>
+        <v>493</v>
       </c>
       <c r="H127" t="s">
-        <v>477</v>
+        <v>494</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>478</v>
+        <v>495</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>10</v>
       </c>
       <c r="D128" t="s">
-        <v>479</v>
+        <v>496</v>
       </c>
       <c r="E128" t="s">
-        <v>480</v>
+        <v>497</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>481</v>
+        <v>498</v>
       </c>
       <c r="H128" t="s">
-        <v>482</v>
+        <v>499</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>483</v>
+        <v>500</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D129" t="s">
-        <v>479</v>
+        <v>501</v>
       </c>
       <c r="E129" t="s">
-        <v>480</v>
+        <v>502</v>
       </c>
       <c r="F129" t="s">
-        <v>13</v>
+        <v>435</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>484</v>
+        <v>503</v>
       </c>
       <c r="H129" t="s">
-        <v>485</v>
+        <v>504</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>486</v>
+        <v>505</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D130" t="s">
-        <v>479</v>
+        <v>501</v>
       </c>
       <c r="E130" t="s">
-        <v>480</v>
+        <v>502</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>506</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>487</v>
+        <v>507</v>
       </c>
       <c r="H130" t="s">
-        <v>488</v>
+        <v>508</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>489</v>
+        <v>509</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D131" t="s">
-        <v>479</v>
+        <v>501</v>
       </c>
       <c r="E131" t="s">
-        <v>480</v>
+        <v>502</v>
       </c>
       <c r="F131" t="s">
-        <v>13</v>
+        <v>506</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>490</v>
+        <v>510</v>
       </c>
       <c r="H131" t="s">
-        <v>491</v>
+        <v>511</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>492</v>
+        <v>512</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D132" t="s">
-        <v>479</v>
+        <v>501</v>
       </c>
       <c r="E132" t="s">
-        <v>480</v>
+        <v>502</v>
       </c>
       <c r="F132" t="s">
-        <v>13</v>
+        <v>506</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>493</v>
+        <v>510</v>
       </c>
       <c r="H132" t="s">
-        <v>494</v>
+        <v>513</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>495</v>
+        <v>514</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D133" t="s">
-        <v>479</v>
+        <v>501</v>
       </c>
       <c r="E133" t="s">
-        <v>480</v>
+        <v>502</v>
       </c>
       <c r="F133" t="s">
-        <v>13</v>
+        <v>506</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>496</v>
+        <v>515</v>
       </c>
       <c r="H133" t="s">
-        <v>497</v>
+        <v>516</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>498</v>
+        <v>517</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D134" t="s">
-        <v>479</v>
+        <v>501</v>
       </c>
       <c r="E134" t="s">
-        <v>480</v>
+        <v>502</v>
       </c>
       <c r="F134" t="s">
-        <v>13</v>
+        <v>421</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>499</v>
+        <v>518</v>
       </c>
       <c r="H134" t="s">
-        <v>500</v>
+        <v>519</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>520</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>38</v>
+      </c>
+      <c r="D135" t="s">
         <v>501</v>
       </c>
-      <c r="B135" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E135" t="s">
-        <v>480</v>
+        <v>502</v>
       </c>
       <c r="F135" t="s">
-        <v>13</v>
+        <v>421</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>502</v>
+        <v>521</v>
       </c>
       <c r="H135" t="s">
-        <v>503</v>
+        <v>522</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>504</v>
+        <v>523</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D136" t="s">
-        <v>479</v>
+        <v>501</v>
       </c>
       <c r="E136" t="s">
-        <v>480</v>
+        <v>502</v>
       </c>
       <c r="F136" t="s">
-        <v>13</v>
+        <v>421</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>505</v>
+        <v>524</v>
       </c>
       <c r="H136" t="s">
-        <v>506</v>
+        <v>525</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>507</v>
+        <v>526</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D137" t="s">
-        <v>479</v>
+        <v>501</v>
       </c>
       <c r="E137" t="s">
-        <v>480</v>
+        <v>502</v>
       </c>
       <c r="F137" t="s">
-        <v>13</v>
+        <v>435</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>508</v>
+        <v>527</v>
       </c>
       <c r="H137" t="s">
-        <v>509</v>
+        <v>528</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>510</v>
+        <v>529</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D138" t="s">
-        <v>479</v>
+        <v>501</v>
       </c>
       <c r="E138" t="s">
-        <v>480</v>
+        <v>502</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>453</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>511</v>
+        <v>530</v>
       </c>
       <c r="H138" t="s">
-        <v>512</v>
+        <v>531</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>513</v>
+        <v>532</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D139" t="s">
-        <v>479</v>
+        <v>501</v>
       </c>
       <c r="E139" t="s">
-        <v>480</v>
+        <v>502</v>
       </c>
       <c r="F139" t="s">
-        <v>13</v>
+        <v>533</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>514</v>
+        <v>534</v>
       </c>
       <c r="H139" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>516</v>
+        <v>536</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="D140" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E140" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F140" t="s">
-        <v>147</v>
+        <v>533</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>519</v>
+        <v>537</v>
       </c>
       <c r="H140" t="s">
-        <v>520</v>
+        <v>538</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>521</v>
+        <v>539</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="D141" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E141" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F141" t="s">
-        <v>522</v>
+        <v>533</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>523</v>
+        <v>540</v>
       </c>
       <c r="H141" t="s">
-        <v>524</v>
+        <v>541</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>525</v>
+        <v>542</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="D142" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E142" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F142" t="s">
-        <v>147</v>
+        <v>533</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>526</v>
+        <v>543</v>
       </c>
       <c r="H142" t="s">
-        <v>527</v>
+        <v>544</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>528</v>
+        <v>545</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="D143" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E143" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F143" t="s">
-        <v>147</v>
+        <v>533</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>529</v>
+        <v>546</v>
       </c>
       <c r="H143" t="s">
-        <v>530</v>
+        <v>547</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>531</v>
+        <v>548</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="D144" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E144" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F144" t="s">
-        <v>147</v>
+        <v>533</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>532</v>
+        <v>549</v>
       </c>
       <c r="H144" t="s">
-        <v>533</v>
+        <v>550</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>534</v>
+        <v>551</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="D145" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E145" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F145" t="s">
-        <v>522</v>
+        <v>533</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>535</v>
+        <v>552</v>
       </c>
       <c r="H145" t="s">
-        <v>536</v>
+        <v>553</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>537</v>
+        <v>554</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="D146" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E146" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F146" t="s">
-        <v>147</v>
+        <v>533</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>538</v>
+        <v>555</v>
       </c>
       <c r="H146" t="s">
-        <v>539</v>
+        <v>556</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>540</v>
+        <v>557</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="D147" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E147" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F147" t="s">
-        <v>466</v>
+        <v>533</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>541</v>
+        <v>558</v>
       </c>
       <c r="H147" t="s">
-        <v>542</v>
+        <v>559</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>543</v>
+        <v>560</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="D148" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E148" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F148" t="s">
-        <v>522</v>
+        <v>561</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>544</v>
+        <v>562</v>
       </c>
       <c r="H148" t="s">
-        <v>545</v>
+        <v>563</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>546</v>
+        <v>564</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>50</v>
+        <v>95</v>
       </c>
       <c r="D149" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E149" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F149" t="s">
-        <v>466</v>
+        <v>533</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>547</v>
+        <v>565</v>
       </c>
       <c r="H149" t="s">
-        <v>548</v>
+        <v>566</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>549</v>
+        <v>567</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>54</v>
+        <v>98</v>
       </c>
       <c r="D150" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E150" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F150" t="s">
-        <v>147</v>
+        <v>533</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>550</v>
+        <v>568</v>
       </c>
       <c r="H150" t="s">
-        <v>551</v>
+        <v>569</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>552</v>
+        <v>570</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>59</v>
+        <v>102</v>
       </c>
       <c r="D151" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E151" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F151" t="s">
-        <v>55</v>
+        <v>533</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>553</v>
+        <v>571</v>
       </c>
       <c r="H151" t="s">
-        <v>554</v>
+        <v>572</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>555</v>
+        <v>573</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>63</v>
+        <v>106</v>
       </c>
       <c r="D152" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E152" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F152" t="s">
-        <v>236</v>
+        <v>533</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>556</v>
+        <v>574</v>
       </c>
       <c r="H152" t="s">
-        <v>557</v>
+        <v>575</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>558</v>
+        <v>576</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="D153" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E153" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F153" t="s">
-        <v>559</v>
+        <v>533</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="H153" t="s">
-        <v>561</v>
+        <v>578</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>562</v>
+        <v>579</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>71</v>
+        <v>113</v>
       </c>
       <c r="D154" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E154" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F154" t="s">
-        <v>559</v>
+        <v>506</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="H154" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>565</v>
+        <v>582</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>75</v>
+        <v>117</v>
       </c>
       <c r="D155" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E155" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F155" t="s">
-        <v>55</v>
+        <v>506</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>566</v>
+        <v>583</v>
       </c>
       <c r="H155" t="s">
-        <v>567</v>
+        <v>584</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>568</v>
+        <v>585</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>79</v>
+        <v>121</v>
       </c>
       <c r="D156" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E156" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F156" t="s">
-        <v>147</v>
+        <v>586</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>569</v>
+        <v>587</v>
       </c>
       <c r="H156" t="s">
-        <v>570</v>
+        <v>588</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>571</v>
+        <v>589</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>83</v>
+        <v>124</v>
       </c>
       <c r="D157" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E157" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F157" t="s">
-        <v>236</v>
+        <v>506</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>572</v>
+        <v>590</v>
       </c>
       <c r="H157" t="s">
-        <v>573</v>
+        <v>591</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>574</v>
+        <v>592</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="D158" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E158" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F158" t="s">
-        <v>236</v>
+        <v>593</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>575</v>
+        <v>594</v>
       </c>
       <c r="H158" t="s">
-        <v>576</v>
+        <v>595</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>577</v>
+        <v>596</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>91</v>
+        <v>132</v>
       </c>
       <c r="D159" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E159" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F159" t="s">
-        <v>236</v>
+        <v>453</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>578</v>
+        <v>597</v>
       </c>
       <c r="H159" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>580</v>
+        <v>599</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>95</v>
+        <v>136</v>
       </c>
       <c r="D160" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E160" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F160" t="s">
-        <v>236</v>
+        <v>453</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>581</v>
+        <v>600</v>
       </c>
       <c r="H160" t="s">
-        <v>582</v>
+        <v>601</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>583</v>
+        <v>602</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>98</v>
+        <v>140</v>
       </c>
       <c r="D161" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E161" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F161" t="s">
-        <v>236</v>
+        <v>506</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>584</v>
+        <v>603</v>
       </c>
       <c r="H161" t="s">
-        <v>585</v>
+        <v>604</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>605</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>144</v>
+      </c>
+      <c r="D162" t="s">
+        <v>501</v>
+      </c>
+      <c r="E162" t="s">
+        <v>502</v>
+      </c>
+      <c r="F162" t="s">
         <v>586</v>
       </c>
-      <c r="B162" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G162" s="1" t="s">
-        <v>587</v>
+        <v>606</v>
       </c>
       <c r="H162" t="s">
-        <v>588</v>
+        <v>607</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>589</v>
+        <v>608</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>106</v>
+        <v>149</v>
       </c>
       <c r="D163" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E163" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F163" t="s">
-        <v>236</v>
+        <v>453</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>590</v>
+        <v>609</v>
       </c>
       <c r="H163" t="s">
-        <v>591</v>
+        <v>610</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>592</v>
+        <v>611</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>110</v>
+        <v>153</v>
       </c>
       <c r="D164" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E164" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F164" t="s">
-        <v>236</v>
+        <v>421</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>593</v>
+        <v>612</v>
       </c>
       <c r="H164" t="s">
-        <v>594</v>
+        <v>613</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>595</v>
+        <v>614</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>114</v>
+        <v>157</v>
       </c>
       <c r="D165" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E165" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F165" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>596</v>
+        <v>615</v>
       </c>
       <c r="H165" t="s">
-        <v>597</v>
+        <v>616</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>598</v>
+        <v>617</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>118</v>
+        <v>161</v>
       </c>
       <c r="D166" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E166" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F166" t="s">
-        <v>599</v>
+        <v>55</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>600</v>
+        <v>618</v>
       </c>
       <c r="H166" t="s">
-        <v>601</v>
+        <v>619</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>602</v>
+        <v>620</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>122</v>
+        <v>165</v>
       </c>
       <c r="D167" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E167" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F167" t="s">
-        <v>599</v>
+        <v>453</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>603</v>
+        <v>621</v>
       </c>
       <c r="H167" t="s">
-        <v>604</v>
+        <v>622</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>126</v>
+        <v>169</v>
       </c>
       <c r="D168" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E168" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F168" t="s">
-        <v>606</v>
+        <v>453</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="H168" t="s">
-        <v>608</v>
+        <v>625</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>609</v>
+        <v>626</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>130</v>
+        <v>173</v>
       </c>
       <c r="D169" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E169" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F169" t="s">
-        <v>466</v>
+        <v>627</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>610</v>
+        <v>628</v>
       </c>
       <c r="H169" t="s">
-        <v>611</v>
+        <v>629</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>612</v>
+        <v>630</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>134</v>
+        <v>177</v>
       </c>
       <c r="D170" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E170" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F170" t="s">
-        <v>466</v>
+        <v>421</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>613</v>
+        <v>631</v>
       </c>
       <c r="H170" t="s">
-        <v>614</v>
+        <v>632</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>615</v>
+        <v>633</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="D171" t="s">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E171" t="s">
-        <v>518</v>
+        <v>502</v>
       </c>
       <c r="F171" t="s">
-        <v>466</v>
+        <v>453</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>616</v>
+        <v>634</v>
       </c>
       <c r="H171" t="s">
-        <v>617</v>
+        <v>635</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>618</v>
+        <v>636</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>10</v>
+        <v>185</v>
       </c>
       <c r="D172" t="s">
-        <v>619</v>
+        <v>501</v>
       </c>
       <c r="E172" t="s">
-        <v>620</v>
+        <v>502</v>
       </c>
       <c r="F172" t="s">
-        <v>13</v>
+        <v>637</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>621</v>
+        <v>638</v>
       </c>
       <c r="H172" t="s">
-        <v>622</v>
+        <v>639</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>623</v>
+        <v>640</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>17</v>
+        <v>189</v>
       </c>
       <c r="D173" t="s">
-        <v>619</v>
+        <v>501</v>
       </c>
       <c r="E173" t="s">
-        <v>620</v>
+        <v>502</v>
       </c>
       <c r="F173" t="s">
-        <v>13</v>
+        <v>435</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>624</v>
+        <v>641</v>
       </c>
       <c r="H173" t="s">
-        <v>625</v>
+        <v>642</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>626</v>
+        <v>643</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>21</v>
+        <v>193</v>
       </c>
       <c r="D174" t="s">
-        <v>619</v>
+        <v>501</v>
       </c>
       <c r="E174" t="s">
-        <v>620</v>
+        <v>502</v>
       </c>
       <c r="F174" t="s">
-        <v>13</v>
+        <v>637</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>627</v>
+        <v>644</v>
       </c>
       <c r="H174" t="s">
-        <v>628</v>
+        <v>645</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>629</v>
+        <v>646</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="D175" t="s">
-        <v>619</v>
+        <v>501</v>
       </c>
       <c r="E175" t="s">
-        <v>620</v>
+        <v>502</v>
       </c>
       <c r="F175" t="s">
-        <v>286</v>
+        <v>647</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>630</v>
+        <v>648</v>
       </c>
       <c r="H175" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>632</v>
+        <v>650</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>29</v>
+        <v>201</v>
       </c>
       <c r="D176" t="s">
-        <v>619</v>
+        <v>501</v>
       </c>
       <c r="E176" t="s">
-        <v>620</v>
+        <v>502</v>
       </c>
       <c r="F176" t="s">
-        <v>286</v>
+        <v>637</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>633</v>
+        <v>651</v>
       </c>
       <c r="H176" t="s">
-        <v>634</v>
+        <v>652</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>635</v>
+        <v>653</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>33</v>
+        <v>205</v>
       </c>
       <c r="D177" t="s">
-        <v>619</v>
+        <v>501</v>
       </c>
       <c r="E177" t="s">
-        <v>620</v>
+        <v>502</v>
       </c>
       <c r="F177" t="s">
-        <v>13</v>
+        <v>284</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>636</v>
+        <v>654</v>
       </c>
       <c r="H177" t="s">
-        <v>209</v>
+        <v>655</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>637</v>
+        <v>656</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>38</v>
+        <v>209</v>
       </c>
       <c r="D178" t="s">
-        <v>619</v>
+        <v>501</v>
       </c>
       <c r="E178" t="s">
-        <v>620</v>
+        <v>502</v>
       </c>
       <c r="F178" t="s">
-        <v>34</v>
+        <v>657</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>638</v>
+        <v>658</v>
       </c>
       <c r="H178" t="s">
-        <v>639</v>
+        <v>659</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>640</v>
+        <v>660</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>42</v>
+        <v>213</v>
       </c>
       <c r="D179" t="s">
-        <v>619</v>
+        <v>501</v>
       </c>
       <c r="E179" t="s">
-        <v>620</v>
+        <v>502</v>
       </c>
       <c r="F179" t="s">
-        <v>34</v>
+        <v>586</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>641</v>
+        <v>661</v>
       </c>
       <c r="H179" t="s">
-        <v>642</v>
+        <v>662</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>643</v>
+        <v>663</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>10</v>
+        <v>217</v>
       </c>
       <c r="D180" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E180" t="s">
-        <v>645</v>
+        <v>502</v>
+      </c>
+      <c r="F180" t="s">
+        <v>647</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>646</v>
+        <v>664</v>
       </c>
       <c r="H180" t="s">
-        <v>647</v>
+        <v>665</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>648</v>
+        <v>666</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>17</v>
+        <v>221</v>
       </c>
       <c r="D181" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E181" t="s">
-        <v>645</v>
+        <v>502</v>
+      </c>
+      <c r="F181" t="s">
+        <v>421</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>649</v>
+        <v>667</v>
       </c>
       <c r="H181" t="s">
-        <v>650</v>
+        <v>668</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>651</v>
+        <v>669</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>21</v>
+        <v>225</v>
       </c>
       <c r="D182" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E182" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F182" t="s">
-        <v>364</v>
+        <v>670</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>652</v>
+        <v>671</v>
       </c>
       <c r="H182" t="s">
-        <v>653</v>
+        <v>672</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>654</v>
+        <v>673</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>25</v>
+        <v>229</v>
       </c>
       <c r="D183" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E183" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F183" t="s">
-        <v>364</v>
+        <v>674</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>655</v>
+        <v>675</v>
       </c>
       <c r="H183" t="s">
-        <v>656</v>
+        <v>676</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>657</v>
+        <v>677</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>29</v>
+        <v>233</v>
       </c>
       <c r="D184" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E184" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F184" t="s">
-        <v>364</v>
+        <v>674</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>658</v>
+        <v>678</v>
       </c>
       <c r="H184" t="s">
-        <v>659</v>
+        <v>679</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>660</v>
+        <v>680</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>33</v>
+        <v>238</v>
       </c>
       <c r="D185" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E185" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F185" t="s">
-        <v>364</v>
+        <v>674</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>661</v>
+        <v>681</v>
       </c>
       <c r="H185" t="s">
-        <v>662</v>
+        <v>682</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>663</v>
+        <v>683</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>38</v>
+        <v>243</v>
       </c>
       <c r="D186" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E186" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F186" t="s">
-        <v>364</v>
+        <v>674</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>664</v>
+        <v>684</v>
       </c>
       <c r="H186" t="s">
-        <v>665</v>
+        <v>685</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>666</v>
+        <v>686</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>42</v>
+        <v>247</v>
       </c>
       <c r="D187" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E187" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F187" t="s">
-        <v>364</v>
+        <v>674</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>667</v>
+        <v>687</v>
       </c>
       <c r="H187" t="s">
-        <v>668</v>
+        <v>688</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>669</v>
+        <v>689</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>46</v>
+        <v>251</v>
       </c>
       <c r="D188" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E188" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F188" t="s">
-        <v>364</v>
+        <v>234</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>670</v>
+        <v>690</v>
       </c>
       <c r="H188" t="s">
-        <v>671</v>
+        <v>691</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>672</v>
+        <v>692</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>50</v>
+        <v>255</v>
       </c>
       <c r="D189" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E189" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F189" t="s">
-        <v>364</v>
+        <v>693</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>673</v>
+        <v>694</v>
       </c>
       <c r="H189" t="s">
-        <v>674</v>
+        <v>695</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>675</v>
+        <v>696</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>54</v>
+        <v>259</v>
       </c>
       <c r="D190" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E190" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F190" t="s">
-        <v>364</v>
+        <v>647</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>676</v>
+        <v>697</v>
       </c>
       <c r="H190" t="s">
-        <v>677</v>
+        <v>698</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>678</v>
+        <v>699</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>59</v>
+        <v>263</v>
       </c>
       <c r="D191" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E191" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F191" t="s">
-        <v>364</v>
+        <v>674</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>679</v>
+        <v>700</v>
       </c>
       <c r="H191" t="s">
-        <v>680</v>
+        <v>701</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>681</v>
+        <v>702</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>63</v>
+        <v>267</v>
       </c>
       <c r="D192" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E192" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F192" t="s">
-        <v>364</v>
+        <v>674</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>682</v>
+        <v>703</v>
       </c>
       <c r="H192" t="s">
-        <v>683</v>
+        <v>704</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>684</v>
+        <v>705</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>67</v>
+        <v>271</v>
       </c>
       <c r="D193" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E193" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F193" t="s">
-        <v>364</v>
+        <v>453</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>685</v>
+        <v>706</v>
       </c>
       <c r="H193" t="s">
-        <v>686</v>
+        <v>707</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>687</v>
+        <v>708</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>71</v>
+        <v>275</v>
       </c>
       <c r="D194" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E194" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F194" t="s">
-        <v>364</v>
+        <v>421</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>688</v>
+        <v>709</v>
       </c>
       <c r="H194" t="s">
-        <v>689</v>
+        <v>710</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>690</v>
+        <v>711</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>75</v>
+        <v>279</v>
       </c>
       <c r="D195" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E195" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F195" t="s">
-        <v>364</v>
+        <v>234</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>691</v>
+        <v>712</v>
       </c>
       <c r="H195" t="s">
-        <v>692</v>
+        <v>713</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>693</v>
+        <v>714</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>79</v>
+        <v>283</v>
       </c>
       <c r="D196" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E196" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F196" t="s">
-        <v>364</v>
+        <v>715</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>694</v>
+        <v>716</v>
       </c>
       <c r="H196" t="s">
-        <v>695</v>
+        <v>717</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>696</v>
+        <v>718</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>83</v>
+        <v>288</v>
       </c>
       <c r="D197" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E197" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F197" t="s">
-        <v>364</v>
+        <v>715</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>697</v>
+        <v>719</v>
       </c>
       <c r="H197" t="s">
-        <v>698</v>
+        <v>720</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>699</v>
+        <v>721</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>87</v>
+        <v>292</v>
       </c>
       <c r="D198" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E198" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F198" t="s">
-        <v>364</v>
+        <v>421</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>700</v>
+        <v>722</v>
       </c>
       <c r="H198" t="s">
-        <v>701</v>
+        <v>723</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>702</v>
+        <v>724</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>91</v>
+        <v>296</v>
       </c>
       <c r="D199" t="s">
-        <v>644</v>
+        <v>501</v>
       </c>
       <c r="E199" t="s">
-        <v>645</v>
+        <v>502</v>
       </c>
       <c r="F199" t="s">
-        <v>364</v>
+        <v>586</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>703</v>
+        <v>725</v>
       </c>
       <c r="H199" t="s">
-        <v>704</v>
+        <v>726</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>705</v>
+        <v>727</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
       <c r="D200" t="s">
-        <v>644</v>
+        <v>728</v>
       </c>
       <c r="E200" t="s">
-        <v>645</v>
+        <v>729</v>
       </c>
       <c r="F200" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>706</v>
+        <v>730</v>
       </c>
       <c r="H200" t="s">
-        <v>707</v>
+        <v>731</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>708</v>
+        <v>732</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="D201" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E201" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F201" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>709</v>
+        <v>735</v>
       </c>
       <c r="H201" t="s">
-        <v>710</v>
+        <v>736</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>711</v>
+        <v>737</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>102</v>
+        <v>17</v>
       </c>
       <c r="D202" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E202" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F202" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>712</v>
+        <v>738</v>
       </c>
       <c r="H202" t="s">
-        <v>713</v>
+        <v>739</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>714</v>
+        <v>740</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>106</v>
+        <v>21</v>
       </c>
       <c r="D203" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E203" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F203" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>715</v>
+        <v>741</v>
       </c>
       <c r="H203" t="s">
-        <v>716</v>
+        <v>742</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>717</v>
+        <v>743</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="D204" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E204" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F204" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>718</v>
+        <v>744</v>
       </c>
       <c r="H204" t="s">
-        <v>719</v>
+        <v>745</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>720</v>
+        <v>746</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>114</v>
+        <v>29</v>
       </c>
       <c r="D205" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E205" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F205" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>721</v>
+        <v>747</v>
       </c>
       <c r="H205" t="s">
-        <v>722</v>
+        <v>748</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>723</v>
+        <v>749</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>118</v>
+        <v>33</v>
       </c>
       <c r="D206" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E206" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F206" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>724</v>
+        <v>750</v>
       </c>
       <c r="H206" t="s">
-        <v>725</v>
+        <v>100</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>726</v>
+        <v>751</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>122</v>
+        <v>38</v>
       </c>
       <c r="D207" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E207" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F207" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>727</v>
+        <v>752</v>
       </c>
       <c r="H207" t="s">
-        <v>728</v>
+        <v>753</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>729</v>
+        <v>754</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>126</v>
+        <v>42</v>
       </c>
       <c r="D208" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E208" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F208" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>730</v>
+        <v>755</v>
       </c>
       <c r="H208" t="s">
-        <v>731</v>
+        <v>756</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>732</v>
+        <v>757</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>130</v>
+        <v>46</v>
       </c>
       <c r="D209" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E209" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F209" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>733</v>
+        <v>758</v>
       </c>
       <c r="H209" t="s">
-        <v>734</v>
+        <v>759</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>735</v>
+        <v>760</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>134</v>
+        <v>50</v>
       </c>
       <c r="D210" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E210" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F210" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>736</v>
+        <v>761</v>
       </c>
       <c r="H210" t="s">
-        <v>737</v>
+        <v>762</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>738</v>
+        <v>763</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>138</v>
+        <v>54</v>
       </c>
       <c r="D211" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E211" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F211" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>739</v>
+        <v>764</v>
       </c>
       <c r="H211" t="s">
-        <v>740</v>
+        <v>765</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>741</v>
+        <v>766</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>142</v>
+        <v>59</v>
       </c>
       <c r="D212" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E212" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F212" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>742</v>
+        <v>767</v>
       </c>
       <c r="H212" t="s">
-        <v>743</v>
+        <v>768</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>744</v>
+        <v>769</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>146</v>
+        <v>63</v>
       </c>
       <c r="D213" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E213" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F213" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>745</v>
+        <v>770</v>
       </c>
       <c r="H213" t="s">
-        <v>746</v>
+        <v>771</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>151</v>
+        <v>67</v>
       </c>
       <c r="D214" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E214" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F214" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>748</v>
+        <v>773</v>
       </c>
       <c r="H214" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>750</v>
+        <v>775</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>155</v>
+        <v>71</v>
       </c>
       <c r="D215" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E215" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F215" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>751</v>
+        <v>776</v>
       </c>
       <c r="H215" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>753</v>
+        <v>778</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>159</v>
+        <v>75</v>
       </c>
       <c r="D216" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E216" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F216" t="s">
-        <v>364</v>
+        <v>34</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>754</v>
+        <v>779</v>
       </c>
       <c r="H216" t="s">
-        <v>755</v>
+        <v>780</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>756</v>
+        <v>781</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>163</v>
+        <v>79</v>
       </c>
       <c r="D217" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E217" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F217" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>757</v>
+        <v>782</v>
       </c>
       <c r="H217" t="s">
-        <v>758</v>
+        <v>783</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>759</v>
+        <v>784</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>167</v>
+        <v>83</v>
       </c>
       <c r="D218" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E218" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F218" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>760</v>
+        <v>785</v>
       </c>
       <c r="H218" t="s">
-        <v>761</v>
+        <v>786</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>762</v>
+        <v>787</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>171</v>
+        <v>87</v>
       </c>
       <c r="D219" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E219" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F219" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>763</v>
+        <v>788</v>
       </c>
       <c r="H219" t="s">
-        <v>764</v>
+        <v>789</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>765</v>
+        <v>790</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>175</v>
+        <v>91</v>
       </c>
       <c r="D220" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E220" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F220" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>766</v>
+        <v>791</v>
       </c>
       <c r="H220" t="s">
-        <v>767</v>
+        <v>792</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>768</v>
+        <v>793</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>179</v>
+        <v>95</v>
       </c>
       <c r="D221" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E221" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F221" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>769</v>
+        <v>794</v>
       </c>
       <c r="H221" t="s">
-        <v>770</v>
+        <v>795</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>771</v>
+        <v>796</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="D222" t="s">
-        <v>644</v>
+        <v>733</v>
       </c>
       <c r="E222" t="s">
-        <v>645</v>
+        <v>734</v>
       </c>
       <c r="F222" t="s">
-        <v>364</v>
+        <v>234</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>772</v>
+        <v>797</v>
       </c>
       <c r="H222" t="s">
-        <v>773</v>
+        <v>798</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>774</v>
+        <v>799</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>187</v>
+        <v>10</v>
       </c>
       <c r="D223" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E223" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F223" t="s">
-        <v>364</v>
+        <v>145</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>775</v>
+        <v>802</v>
       </c>
       <c r="H223" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>777</v>
+        <v>804</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>191</v>
+        <v>17</v>
       </c>
       <c r="D224" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E224" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F224" t="s">
-        <v>364</v>
+        <v>805</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>778</v>
+        <v>806</v>
       </c>
       <c r="H224" t="s">
-        <v>779</v>
+        <v>807</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>780</v>
+        <v>808</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>195</v>
+        <v>21</v>
       </c>
       <c r="D225" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E225" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F225" t="s">
-        <v>364</v>
+        <v>145</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>781</v>
+        <v>809</v>
       </c>
       <c r="H225" t="s">
-        <v>782</v>
+        <v>810</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>783</v>
+        <v>811</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>199</v>
+        <v>25</v>
       </c>
       <c r="D226" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E226" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F226" t="s">
-        <v>364</v>
+        <v>145</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>784</v>
+        <v>812</v>
       </c>
       <c r="H226" t="s">
-        <v>785</v>
+        <v>813</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>786</v>
+        <v>814</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>203</v>
+        <v>29</v>
       </c>
       <c r="D227" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E227" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F227" t="s">
-        <v>364</v>
+        <v>145</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>787</v>
+        <v>815</v>
       </c>
       <c r="H227" t="s">
-        <v>788</v>
+        <v>816</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>789</v>
+        <v>817</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>207</v>
+        <v>33</v>
       </c>
       <c r="D228" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E228" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F228" t="s">
-        <v>364</v>
+        <v>805</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>790</v>
+        <v>818</v>
       </c>
       <c r="H228" t="s">
-        <v>791</v>
+        <v>819</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>792</v>
+        <v>820</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="D229" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E229" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F229" t="s">
-        <v>364</v>
+        <v>145</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>793</v>
+        <v>821</v>
       </c>
       <c r="H229" t="s">
-        <v>794</v>
+        <v>822</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>795</v>
+        <v>823</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>215</v>
+        <v>42</v>
       </c>
       <c r="D230" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E230" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F230" t="s">
-        <v>364</v>
+        <v>593</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>796</v>
+        <v>824</v>
       </c>
       <c r="H230" t="s">
-        <v>797</v>
+        <v>825</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>798</v>
+        <v>826</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>219</v>
+        <v>46</v>
       </c>
       <c r="D231" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E231" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F231" t="s">
-        <v>364</v>
+        <v>805</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>799</v>
+        <v>827</v>
       </c>
       <c r="H231" t="s">
-        <v>800</v>
+        <v>828</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>829</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>50</v>
+      </c>
+      <c r="D232" t="s">
+        <v>800</v>
+      </c>
+      <c r="E232" t="s">
         <v>801</v>
       </c>
-      <c r="B232" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F232" t="s">
-        <v>364</v>
+        <v>593</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>802</v>
+        <v>830</v>
       </c>
       <c r="H232" t="s">
-        <v>803</v>
+        <v>831</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>804</v>
+        <v>832</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>227</v>
+        <v>54</v>
       </c>
       <c r="D233" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E233" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F233" t="s">
-        <v>364</v>
+        <v>145</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>805</v>
+        <v>833</v>
       </c>
       <c r="H233" t="s">
-        <v>806</v>
+        <v>834</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>807</v>
+        <v>835</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>231</v>
+        <v>59</v>
       </c>
       <c r="D234" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E234" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F234" t="s">
-        <v>364</v>
+        <v>55</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>808</v>
+        <v>836</v>
       </c>
       <c r="H234" t="s">
-        <v>809</v>
+        <v>837</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>810</v>
+        <v>838</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>235</v>
+        <v>63</v>
       </c>
       <c r="D235" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E235" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F235" t="s">
-        <v>364</v>
+        <v>234</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>811</v>
+        <v>839</v>
       </c>
       <c r="H235" t="s">
-        <v>812</v>
+        <v>840</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>813</v>
+        <v>841</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>240</v>
+        <v>67</v>
       </c>
       <c r="D236" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E236" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F236" t="s">
-        <v>364</v>
+        <v>842</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>814</v>
+        <v>843</v>
       </c>
       <c r="H236" t="s">
-        <v>815</v>
+        <v>844</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>816</v>
+        <v>845</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>245</v>
+        <v>71</v>
       </c>
       <c r="D237" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="E237" t="s">
-        <v>645</v>
+        <v>801</v>
       </c>
       <c r="F237" t="s">
-        <v>364</v>
+        <v>842</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>817</v>
+        <v>846</v>
       </c>
       <c r="H237" t="s">
-        <v>818</v>
+        <v>847</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>819</v>
+        <v>848</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="D238" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E238" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F238" t="s">
-        <v>466</v>
+        <v>55</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>822</v>
+        <v>849</v>
       </c>
       <c r="H238" t="s">
-        <v>823</v>
+        <v>850</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>824</v>
+        <v>851</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="D239" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E239" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F239" t="s">
-        <v>466</v>
+        <v>145</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>825</v>
+        <v>852</v>
       </c>
       <c r="H239" t="s">
-        <v>826</v>
+        <v>853</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>827</v>
+        <v>854</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="D240" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E240" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F240" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>828</v>
+        <v>855</v>
       </c>
       <c r="H240" t="s">
-        <v>829</v>
+        <v>856</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>830</v>
+        <v>857</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="D241" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E241" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F241" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>831</v>
+        <v>858</v>
       </c>
       <c r="H241" t="s">
-        <v>832</v>
+        <v>859</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>833</v>
+        <v>860</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>29</v>
+        <v>91</v>
       </c>
       <c r="D242" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E242" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F242" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>834</v>
+        <v>861</v>
       </c>
       <c r="H242" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>836</v>
+        <v>863</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="D243" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E243" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F243" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>837</v>
+        <v>864</v>
       </c>
       <c r="H243" t="s">
-        <v>838</v>
+        <v>865</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>839</v>
+        <v>866</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="D244" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E244" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F244" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>840</v>
+        <v>867</v>
       </c>
       <c r="H244" t="s">
-        <v>841</v>
+        <v>868</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>842</v>
+        <v>869</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>42</v>
+        <v>102</v>
       </c>
       <c r="D245" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E245" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F245" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>843</v>
+        <v>870</v>
       </c>
       <c r="H245" t="s">
-        <v>844</v>
+        <v>871</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>845</v>
+        <v>872</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="D246" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E246" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F246" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>846</v>
+        <v>873</v>
       </c>
       <c r="H246" t="s">
-        <v>847</v>
+        <v>874</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>848</v>
+        <v>875</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>50</v>
+        <v>109</v>
       </c>
       <c r="D247" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E247" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F247" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>849</v>
+        <v>876</v>
       </c>
       <c r="H247" t="s">
-        <v>850</v>
+        <v>877</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>851</v>
+        <v>878</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>54</v>
+        <v>113</v>
       </c>
       <c r="D248" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E248" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F248" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>852</v>
+        <v>879</v>
       </c>
       <c r="H248" t="s">
-        <v>853</v>
+        <v>880</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>854</v>
+        <v>881</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="D249" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E249" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F249" t="s">
-        <v>466</v>
+        <v>882</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>855</v>
+        <v>883</v>
       </c>
       <c r="H249" t="s">
-        <v>856</v>
+        <v>884</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>857</v>
+        <v>885</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>63</v>
+        <v>121</v>
       </c>
       <c r="D250" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E250" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F250" t="s">
-        <v>466</v>
+        <v>882</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>858</v>
+        <v>886</v>
       </c>
       <c r="H250" t="s">
-        <v>859</v>
+        <v>887</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>860</v>
+        <v>888</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>67</v>
+        <v>124</v>
       </c>
       <c r="D251" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E251" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F251" t="s">
-        <v>466</v>
+        <v>693</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>861</v>
+        <v>889</v>
       </c>
       <c r="H251" t="s">
-        <v>862</v>
+        <v>890</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>863</v>
+        <v>891</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>71</v>
+        <v>128</v>
       </c>
       <c r="D252" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E252" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F252" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>864</v>
+        <v>892</v>
       </c>
       <c r="H252" t="s">
-        <v>865</v>
+        <v>893</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>866</v>
+        <v>894</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>75</v>
+        <v>132</v>
       </c>
       <c r="D253" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E253" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F253" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>867</v>
+        <v>895</v>
       </c>
       <c r="H253" t="s">
-        <v>868</v>
+        <v>896</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>869</v>
+        <v>897</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>79</v>
+        <v>136</v>
       </c>
       <c r="D254" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E254" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F254" t="s">
-        <v>522</v>
+        <v>593</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>870</v>
+        <v>898</v>
       </c>
       <c r="H254" t="s">
-        <v>871</v>
+        <v>899</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>872</v>
+        <v>900</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>83</v>
+        <v>140</v>
       </c>
       <c r="D255" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E255" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F255" t="s">
-        <v>466</v>
+        <v>805</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>873</v>
+        <v>901</v>
       </c>
       <c r="H255" t="s">
-        <v>874</v>
+        <v>902</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>875</v>
+        <v>903</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>87</v>
+        <v>144</v>
       </c>
       <c r="D256" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E256" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F256" t="s">
-        <v>466</v>
+        <v>805</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>876</v>
+        <v>904</v>
       </c>
       <c r="H256" t="s">
-        <v>877</v>
+        <v>905</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>878</v>
+        <v>906</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="D257" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E257" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F257" t="s">
-        <v>466</v>
+        <v>907</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>879</v>
+        <v>908</v>
       </c>
       <c r="H257" t="s">
-        <v>880</v>
+        <v>909</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>881</v>
+        <v>910</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>95</v>
+        <v>153</v>
       </c>
       <c r="D258" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E258" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F258" t="s">
-        <v>466</v>
+        <v>145</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>882</v>
+        <v>911</v>
       </c>
       <c r="H258" t="s">
-        <v>883</v>
+        <v>912</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>884</v>
+        <v>913</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>98</v>
+        <v>157</v>
       </c>
       <c r="D259" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E259" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F259" t="s">
-        <v>466</v>
+        <v>145</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>885</v>
+        <v>914</v>
       </c>
       <c r="H259" t="s">
-        <v>886</v>
+        <v>915</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>887</v>
+        <v>916</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>102</v>
+        <v>161</v>
       </c>
       <c r="D260" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E260" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F260" t="s">
-        <v>466</v>
+        <v>145</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>888</v>
+        <v>917</v>
       </c>
       <c r="H260" t="s">
-        <v>889</v>
+        <v>918</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>890</v>
+        <v>919</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>106</v>
+        <v>165</v>
       </c>
       <c r="D261" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E261" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F261" t="s">
-        <v>466</v>
+        <v>145</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>891</v>
+        <v>920</v>
       </c>
       <c r="H261" t="s">
-        <v>892</v>
+        <v>921</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>893</v>
+        <v>922</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>110</v>
+        <v>169</v>
       </c>
       <c r="D262" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E262" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F262" t="s">
-        <v>466</v>
+        <v>561</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>894</v>
+        <v>923</v>
       </c>
       <c r="H262" t="s">
-        <v>895</v>
+        <v>924</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>896</v>
+        <v>925</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>114</v>
+        <v>173</v>
       </c>
       <c r="D263" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E263" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F263" t="s">
-        <v>466</v>
+        <v>561</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>897</v>
+        <v>926</v>
       </c>
       <c r="H263" t="s">
-        <v>898</v>
+        <v>927</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>899</v>
+        <v>928</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>118</v>
+        <v>177</v>
       </c>
       <c r="D264" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E264" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F264" t="s">
-        <v>466</v>
+        <v>145</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>900</v>
+        <v>929</v>
       </c>
       <c r="H264" t="s">
-        <v>901</v>
+        <v>930</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>902</v>
+        <v>931</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>122</v>
+        <v>181</v>
       </c>
       <c r="D265" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E265" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F265" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>903</v>
+        <v>932</v>
       </c>
       <c r="H265" t="s">
-        <v>904</v>
+        <v>933</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>905</v>
+        <v>934</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>126</v>
+        <v>185</v>
       </c>
       <c r="D266" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E266" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F266" t="s">
-        <v>466</v>
+        <v>693</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>906</v>
+        <v>935</v>
       </c>
       <c r="H266" t="s">
-        <v>907</v>
+        <v>936</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>908</v>
+        <v>937</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>130</v>
+        <v>189</v>
       </c>
       <c r="D267" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E267" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F267" t="s">
-        <v>466</v>
+        <v>693</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>909</v>
+        <v>938</v>
       </c>
       <c r="H267" t="s">
-        <v>910</v>
+        <v>939</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>911</v>
+        <v>940</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>134</v>
+        <v>193</v>
       </c>
       <c r="D268" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E268" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F268" t="s">
-        <v>466</v>
+        <v>693</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>912</v>
+        <v>941</v>
       </c>
       <c r="H268" t="s">
-        <v>913</v>
+        <v>942</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>914</v>
+        <v>943</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>138</v>
+        <v>197</v>
       </c>
       <c r="D269" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E269" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F269" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>915</v>
+        <v>944</v>
       </c>
       <c r="H269" t="s">
-        <v>916</v>
+        <v>945</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>917</v>
+        <v>946</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>142</v>
+        <v>201</v>
       </c>
       <c r="D270" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E270" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F270" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>918</v>
+        <v>947</v>
       </c>
       <c r="H270" t="s">
-        <v>919</v>
+        <v>948</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>920</v>
+        <v>949</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>146</v>
+        <v>205</v>
       </c>
       <c r="D271" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E271" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F271" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>921</v>
+        <v>950</v>
       </c>
       <c r="H271" t="s">
-        <v>922</v>
+        <v>951</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>923</v>
+        <v>952</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>151</v>
+        <v>209</v>
       </c>
       <c r="D272" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E272" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F272" t="s">
-        <v>466</v>
+        <v>234</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>924</v>
+        <v>953</v>
       </c>
       <c r="H272" t="s">
-        <v>925</v>
+        <v>954</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>926</v>
+        <v>955</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>155</v>
+        <v>213</v>
       </c>
       <c r="D273" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E273" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F273" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>927</v>
+        <v>956</v>
       </c>
       <c r="H273" t="s">
-        <v>928</v>
+        <v>957</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>929</v>
+        <v>958</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>159</v>
+        <v>217</v>
       </c>
       <c r="D274" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E274" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F274" t="s">
-        <v>466</v>
+        <v>593</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>930</v>
+        <v>959</v>
       </c>
       <c r="H274" t="s">
-        <v>931</v>
+        <v>960</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>932</v>
+        <v>961</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>163</v>
+        <v>221</v>
       </c>
       <c r="D275" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="E275" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="F275" t="s">
-        <v>466</v>
+        <v>145</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>933</v>
+        <v>962</v>
       </c>
       <c r="H275" t="s">
-        <v>934</v>
+        <v>963</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>935</v>
+        <v>964</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>167</v>
+        <v>10</v>
       </c>
       <c r="D276" t="s">
-        <v>820</v>
+        <v>965</v>
       </c>
       <c r="E276" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F276" t="s">
-        <v>466</v>
+        <v>13</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>936</v>
+        <v>967</v>
       </c>
       <c r="H276" t="s">
-        <v>937</v>
+        <v>968</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>938</v>
+        <v>969</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>171</v>
+        <v>17</v>
       </c>
       <c r="D277" t="s">
-        <v>820</v>
+        <v>965</v>
       </c>
       <c r="E277" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F277" t="s">
-        <v>466</v>
+        <v>13</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>939</v>
+        <v>970</v>
       </c>
       <c r="H277" t="s">
-        <v>940</v>
+        <v>971</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>941</v>
+        <v>972</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>175</v>
+        <v>21</v>
       </c>
       <c r="D278" t="s">
-        <v>820</v>
+        <v>965</v>
       </c>
       <c r="E278" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F278" t="s">
-        <v>466</v>
+        <v>13</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>942</v>
+        <v>973</v>
       </c>
       <c r="H278" t="s">
-        <v>943</v>
+        <v>207</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>944</v>
+        <v>974</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>179</v>
+        <v>25</v>
       </c>
       <c r="D279" t="s">
-        <v>820</v>
+        <v>965</v>
       </c>
       <c r="E279" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F279" t="s">
-        <v>466</v>
+        <v>284</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>945</v>
+        <v>975</v>
       </c>
       <c r="H279" t="s">
-        <v>946</v>
+        <v>976</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>947</v>
+        <v>977</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="D280" t="s">
-        <v>820</v>
+        <v>965</v>
       </c>
       <c r="E280" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F280" t="s">
-        <v>466</v>
+        <v>284</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>948</v>
+        <v>978</v>
       </c>
       <c r="H280" t="s">
-        <v>949</v>
+        <v>979</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>950</v>
+        <v>980</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>187</v>
+        <v>33</v>
       </c>
       <c r="D281" t="s">
-        <v>820</v>
+        <v>965</v>
       </c>
       <c r="E281" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F281" t="s">
-        <v>466</v>
+        <v>13</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>951</v>
+        <v>981</v>
       </c>
       <c r="H281" t="s">
-        <v>952</v>
+        <v>207</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>953</v>
+        <v>982</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="D282" t="s">
-        <v>820</v>
+        <v>965</v>
       </c>
       <c r="E282" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F282" t="s">
-        <v>466</v>
+        <v>34</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>954</v>
+        <v>983</v>
       </c>
       <c r="H282" t="s">
-        <v>955</v>
+        <v>984</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>956</v>
+        <v>985</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>195</v>
+        <v>42</v>
       </c>
       <c r="D283" t="s">
-        <v>820</v>
+        <v>965</v>
       </c>
       <c r="E283" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F283" t="s">
-        <v>466</v>
+        <v>34</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>957</v>
+        <v>986</v>
       </c>
       <c r="H283" t="s">
-        <v>958</v>
+        <v>987</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>959</v>
+        <v>988</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>199</v>
+        <v>46</v>
       </c>
       <c r="D284" t="s">
-        <v>820</v>
+        <v>965</v>
       </c>
       <c r="E284" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F284" t="s">
-        <v>466</v>
+        <v>13</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>960</v>
+        <v>989</v>
       </c>
       <c r="H284" t="s">
-        <v>961</v>
+        <v>990</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>962</v>
+        <v>991</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>203</v>
+        <v>50</v>
       </c>
       <c r="D285" t="s">
-        <v>820</v>
+        <v>965</v>
       </c>
       <c r="E285" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F285" t="s">
-        <v>466</v>
+        <v>13</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>963</v>
+        <v>992</v>
       </c>
       <c r="H285" t="s">
-        <v>964</v>
+        <v>993</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
+        <v>994</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>54</v>
+      </c>
+      <c r="D286" t="s">
         <v>965</v>
       </c>
-      <c r="B286" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E286" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F286" t="s">
-        <v>466</v>
+        <v>13</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>966</v>
+        <v>995</v>
       </c>
       <c r="H286" t="s">
-        <v>967</v>
+        <v>261</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>968</v>
+        <v>996</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>211</v>
+        <v>59</v>
       </c>
       <c r="D287" t="s">
-        <v>820</v>
+        <v>965</v>
       </c>
       <c r="E287" t="s">
-        <v>821</v>
+        <v>966</v>
       </c>
       <c r="F287" t="s">
-        <v>466</v>
+        <v>13</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>969</v>
+        <v>997</v>
       </c>
       <c r="H287" t="s">
-        <v>970</v>
+        <v>998</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>971</v>
+        <v>999</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>215</v>
+        <v>10</v>
       </c>
       <c r="D288" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E288" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>466</v>
+        <v>1001</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>972</v>
+        <v>1002</v>
       </c>
       <c r="H288" t="s">
-        <v>973</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>974</v>
+        <v>1004</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>219</v>
+        <v>17</v>
       </c>
       <c r="D289" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E289" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>466</v>
+        <v>1001</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>975</v>
+        <v>1005</v>
       </c>
       <c r="H289" t="s">
-        <v>976</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>977</v>
+        <v>1007</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>223</v>
+        <v>21</v>
       </c>
       <c r="D290" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E290" t="s">
-        <v>821</v>
+        <v>1001</v>
       </c>
       <c r="F290" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>978</v>
+        <v>1008</v>
       </c>
       <c r="H290" t="s">
-        <v>979</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>980</v>
+        <v>1010</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>227</v>
+        <v>25</v>
       </c>
       <c r="D291" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E291" t="s">
-        <v>821</v>
+        <v>1001</v>
       </c>
       <c r="F291" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>981</v>
+        <v>1011</v>
       </c>
       <c r="H291" t="s">
-        <v>982</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>983</v>
+        <v>1013</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>231</v>
+        <v>29</v>
       </c>
       <c r="D292" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E292" t="s">
-        <v>821</v>
+        <v>1001</v>
       </c>
       <c r="F292" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>984</v>
+        <v>1014</v>
       </c>
       <c r="H292" t="s">
-        <v>985</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>986</v>
+        <v>1016</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>235</v>
+        <v>33</v>
       </c>
       <c r="D293" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E293" t="s">
-        <v>821</v>
+        <v>1001</v>
       </c>
       <c r="F293" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>987</v>
+        <v>1017</v>
       </c>
       <c r="H293" t="s">
-        <v>988</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>989</v>
+        <v>1019</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>240</v>
+        <v>38</v>
       </c>
       <c r="D294" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E294" t="s">
-        <v>821</v>
+        <v>1001</v>
       </c>
       <c r="F294" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>990</v>
+        <v>1020</v>
       </c>
       <c r="H294" t="s">
-        <v>991</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>992</v>
+        <v>1022</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>245</v>
+        <v>42</v>
       </c>
       <c r="D295" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E295" t="s">
-        <v>821</v>
+        <v>1001</v>
       </c>
       <c r="F295" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>993</v>
+        <v>1023</v>
       </c>
       <c r="H295" t="s">
-        <v>994</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>995</v>
+        <v>1025</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>249</v>
+        <v>46</v>
       </c>
       <c r="D296" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E296" t="s">
-        <v>821</v>
+        <v>1001</v>
       </c>
       <c r="F296" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>996</v>
+        <v>1026</v>
       </c>
       <c r="H296" t="s">
-        <v>997</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>998</v>
+        <v>1028</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>253</v>
+        <v>50</v>
       </c>
       <c r="D297" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E297" t="s">
-        <v>821</v>
+        <v>1001</v>
       </c>
       <c r="F297" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>999</v>
+        <v>1029</v>
       </c>
       <c r="H297" t="s">
-        <v>1000</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>54</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E298" t="s">
         <v>1001</v>
       </c>
-      <c r="B298" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F298" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1002</v>
+        <v>1032</v>
       </c>
       <c r="H298" t="s">
-        <v>1003</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1004</v>
+        <v>1034</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>261</v>
+        <v>59</v>
       </c>
       <c r="D299" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E299" t="s">
-        <v>821</v>
+        <v>1001</v>
       </c>
       <c r="F299" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1005</v>
+        <v>1035</v>
       </c>
       <c r="H299" t="s">
-        <v>1006</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1007</v>
+        <v>1037</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>265</v>
+        <v>63</v>
       </c>
       <c r="D300" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="E300" t="s">
-        <v>821</v>
+        <v>1001</v>
       </c>
       <c r="F300" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1008</v>
+        <v>1038</v>
       </c>
       <c r="H300" t="s">
-        <v>1009</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1010</v>
+        <v>1040</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="D301" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E301" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F301" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1013</v>
+        <v>1041</v>
       </c>
       <c r="H301" t="s">
-        <v>1014</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1015</v>
+        <v>1043</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="D302" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E302" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F302" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>92</v>
+        <v>1044</v>
       </c>
       <c r="H302" t="s">
-        <v>826</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1016</v>
+        <v>1046</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="D303" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E303" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F303" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1017</v>
+        <v>1047</v>
       </c>
       <c r="H303" t="s">
-        <v>1018</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1019</v>
+        <v>1049</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="D304" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E304" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F304" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1020</v>
+        <v>1050</v>
       </c>
       <c r="H304" t="s">
-        <v>1021</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1022</v>
+        <v>1052</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="D305" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E305" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F305" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1023</v>
+        <v>1053</v>
       </c>
       <c r="H305" t="s">
-        <v>1024</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1025</v>
+        <v>1055</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="D306" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E306" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F306" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1026</v>
+        <v>1056</v>
       </c>
       <c r="H306" t="s">
-        <v>1027</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1028</v>
+        <v>1058</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="D307" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E307" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F307" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1029</v>
+        <v>1059</v>
       </c>
       <c r="H307" t="s">
-        <v>1030</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1031</v>
+        <v>1061</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="D308" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E308" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F308" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1032</v>
+        <v>1062</v>
       </c>
       <c r="H308" t="s">
-        <v>1033</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1034</v>
+        <v>1064</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>46</v>
+        <v>98</v>
       </c>
       <c r="D309" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E309" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F309" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1035</v>
+        <v>1065</v>
       </c>
       <c r="H309" t="s">
-        <v>1036</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1037</v>
+        <v>1067</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>50</v>
+        <v>102</v>
       </c>
       <c r="D310" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E310" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F310" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1038</v>
+        <v>1068</v>
       </c>
       <c r="H310" t="s">
-        <v>1039</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1040</v>
+        <v>1070</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="D311" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E311" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F311" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1041</v>
+        <v>1071</v>
       </c>
       <c r="H311" t="s">
-        <v>1042</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1043</v>
+        <v>1073</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>59</v>
+        <v>109</v>
       </c>
       <c r="D312" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E312" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F312" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1044</v>
+        <v>1074</v>
       </c>
       <c r="H312" t="s">
-        <v>1045</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1046</v>
+        <v>1076</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>63</v>
+        <v>113</v>
       </c>
       <c r="D313" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E313" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F313" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1047</v>
+        <v>1077</v>
       </c>
       <c r="H313" t="s">
-        <v>1048</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1049</v>
+        <v>1079</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>67</v>
+        <v>117</v>
       </c>
       <c r="D314" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E314" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F314" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1050</v>
+        <v>1080</v>
       </c>
       <c r="H314" t="s">
-        <v>1051</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1052</v>
+        <v>1082</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="D315" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E315" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F315" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1053</v>
+        <v>1083</v>
       </c>
       <c r="H315" t="s">
-        <v>1054</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1055</v>
+        <v>1085</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>75</v>
+        <v>124</v>
       </c>
       <c r="D316" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E316" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F316" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1056</v>
+        <v>1086</v>
       </c>
       <c r="H316" t="s">
-        <v>1057</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1058</v>
+        <v>1088</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="D317" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E317" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F317" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1059</v>
+        <v>1089</v>
       </c>
       <c r="H317" t="s">
-        <v>1060</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1061</v>
+        <v>1091</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>83</v>
+        <v>132</v>
       </c>
       <c r="D318" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E318" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F318" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1062</v>
+        <v>1092</v>
       </c>
       <c r="H318" t="s">
-        <v>1063</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1064</v>
+        <v>1094</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>87</v>
+        <v>136</v>
       </c>
       <c r="D319" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E319" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F319" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1065</v>
+        <v>1095</v>
       </c>
       <c r="H319" t="s">
-        <v>1066</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1067</v>
+        <v>1097</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>91</v>
+        <v>140</v>
       </c>
       <c r="D320" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E320" t="s">
-        <v>1012</v>
+        <v>1001</v>
+      </c>
+      <c r="F320" t="s">
+        <v>428</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1068</v>
+        <v>1098</v>
       </c>
       <c r="H320" t="s">
-        <v>1069</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1070</v>
+        <v>1100</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>95</v>
+        <v>144</v>
       </c>
       <c r="D321" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E321" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F321" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1071</v>
+        <v>1101</v>
       </c>
       <c r="H321" t="s">
-        <v>1072</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1073</v>
+        <v>1103</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>98</v>
+        <v>149</v>
       </c>
       <c r="D322" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E322" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F322" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1074</v>
+        <v>1104</v>
       </c>
       <c r="H322" t="s">
-        <v>1075</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1076</v>
+        <v>1106</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>102</v>
+        <v>153</v>
       </c>
       <c r="D323" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E323" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F323" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1077</v>
+        <v>1107</v>
       </c>
       <c r="H323" t="s">
-        <v>1078</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1079</v>
+        <v>1109</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>106</v>
+        <v>157</v>
       </c>
       <c r="D324" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E324" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F324" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1080</v>
+        <v>1110</v>
       </c>
       <c r="H324" t="s">
-        <v>1081</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1082</v>
+        <v>1112</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>110</v>
+        <v>161</v>
       </c>
       <c r="D325" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E325" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F325" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1083</v>
+        <v>1113</v>
       </c>
       <c r="H325" t="s">
-        <v>1084</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1085</v>
+        <v>1115</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>114</v>
+        <v>165</v>
       </c>
       <c r="D326" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E326" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F326" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1086</v>
+        <v>1116</v>
       </c>
       <c r="H326" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1088</v>
+        <v>1118</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>118</v>
+        <v>169</v>
       </c>
       <c r="D327" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E327" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F327" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1089</v>
+        <v>1119</v>
       </c>
       <c r="H327" t="s">
-        <v>1090</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1091</v>
+        <v>1121</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>122</v>
+        <v>173</v>
       </c>
       <c r="D328" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E328" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F328" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1092</v>
+        <v>1122</v>
       </c>
       <c r="H328" t="s">
-        <v>1093</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1094</v>
+        <v>1124</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>126</v>
+        <v>177</v>
       </c>
       <c r="D329" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E329" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F329" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1095</v>
+        <v>1125</v>
       </c>
       <c r="H329" t="s">
-        <v>1096</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1097</v>
+        <v>1127</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>130</v>
+        <v>181</v>
       </c>
       <c r="D330" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E330" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F330" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1098</v>
+        <v>1128</v>
       </c>
       <c r="H330" t="s">
-        <v>1099</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1100</v>
+        <v>1130</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>134</v>
+        <v>185</v>
       </c>
       <c r="D331" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E331" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F331" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1101</v>
+        <v>1131</v>
       </c>
       <c r="H331" t="s">
-        <v>1102</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1103</v>
+        <v>1133</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>138</v>
+        <v>189</v>
       </c>
       <c r="D332" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E332" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F332" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1104</v>
+        <v>1134</v>
       </c>
       <c r="H332" t="s">
-        <v>1105</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1106</v>
+        <v>1136</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>142</v>
+        <v>193</v>
       </c>
       <c r="D333" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E333" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F333" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1107</v>
+        <v>1137</v>
       </c>
       <c r="H333" t="s">
-        <v>1108</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1109</v>
+        <v>1139</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>146</v>
+        <v>197</v>
       </c>
       <c r="D334" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E334" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F334" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1110</v>
+        <v>1140</v>
       </c>
       <c r="H334" t="s">
-        <v>1111</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1112</v>
+        <v>1142</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>151</v>
+        <v>201</v>
       </c>
       <c r="D335" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E335" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F335" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1113</v>
+        <v>1143</v>
       </c>
       <c r="H335" t="s">
-        <v>1114</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1115</v>
+        <v>1145</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>155</v>
+        <v>205</v>
       </c>
       <c r="D336" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E336" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F336" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1116</v>
+        <v>1146</v>
       </c>
       <c r="H336" t="s">
-        <v>1117</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1118</v>
+        <v>1148</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>159</v>
+        <v>209</v>
       </c>
       <c r="D337" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E337" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F337" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1119</v>
+        <v>1149</v>
       </c>
       <c r="H337" t="s">
-        <v>1120</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1121</v>
+        <v>1151</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>163</v>
+        <v>213</v>
       </c>
       <c r="D338" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E338" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F338" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1122</v>
+        <v>1152</v>
       </c>
       <c r="H338" t="s">
-        <v>1123</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1124</v>
+        <v>1154</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>167</v>
+        <v>217</v>
       </c>
       <c r="D339" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E339" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F339" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1125</v>
+        <v>1155</v>
       </c>
       <c r="H339" t="s">
-        <v>1126</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1127</v>
+        <v>1157</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>171</v>
+        <v>221</v>
       </c>
       <c r="D340" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E340" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F340" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1128</v>
+        <v>1158</v>
       </c>
       <c r="H340" t="s">
-        <v>1129</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1130</v>
+        <v>1160</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>175</v>
+        <v>225</v>
       </c>
       <c r="D341" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E341" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F341" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1131</v>
+        <v>1161</v>
       </c>
       <c r="H341" t="s">
-        <v>1132</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1133</v>
+        <v>1163</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>179</v>
+        <v>229</v>
       </c>
       <c r="D342" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E342" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F342" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1134</v>
+        <v>1164</v>
       </c>
       <c r="H342" t="s">
-        <v>1135</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1136</v>
+        <v>1166</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>183</v>
+        <v>233</v>
       </c>
       <c r="D343" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E343" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F343" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1137</v>
+        <v>1167</v>
       </c>
       <c r="H343" t="s">
-        <v>1138</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1139</v>
+        <v>1169</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>187</v>
+        <v>238</v>
       </c>
       <c r="D344" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E344" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F344" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1140</v>
+        <v>1170</v>
       </c>
       <c r="H344" t="s">
-        <v>1141</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1142</v>
+        <v>1172</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>191</v>
+        <v>243</v>
       </c>
       <c r="D345" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E345" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F345" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1143</v>
+        <v>1173</v>
       </c>
       <c r="H345" t="s">
-        <v>1144</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1145</v>
+        <v>1175</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>195</v>
+        <v>247</v>
       </c>
       <c r="D346" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E346" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F346" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1146</v>
+        <v>1176</v>
       </c>
       <c r="H346" t="s">
-        <v>1147</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1148</v>
+        <v>1178</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>199</v>
+        <v>251</v>
       </c>
       <c r="D347" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E347" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F347" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1149</v>
+        <v>1179</v>
       </c>
       <c r="H347" t="s">
-        <v>1150</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1151</v>
+        <v>1181</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>203</v>
+        <v>255</v>
       </c>
       <c r="D348" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E348" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F348" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1152</v>
+        <v>1182</v>
       </c>
       <c r="H348" t="s">
-        <v>1153</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1154</v>
+        <v>1184</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>207</v>
+        <v>259</v>
       </c>
       <c r="D349" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E349" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F349" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1155</v>
+        <v>1185</v>
       </c>
       <c r="H349" t="s">
-        <v>1156</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1157</v>
+        <v>1187</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>211</v>
+        <v>263</v>
       </c>
       <c r="D350" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E350" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F350" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1158</v>
+        <v>1188</v>
       </c>
       <c r="H350" t="s">
-        <v>1159</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1160</v>
+        <v>1190</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>215</v>
+        <v>267</v>
       </c>
       <c r="D351" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E351" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F351" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1161</v>
+        <v>1191</v>
       </c>
       <c r="H351" t="s">
-        <v>1162</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1163</v>
+        <v>1193</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="D352" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E352" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F352" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1164</v>
+        <v>1194</v>
       </c>
       <c r="H352" t="s">
-        <v>1165</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1166</v>
+        <v>1196</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>223</v>
+        <v>275</v>
       </c>
       <c r="D353" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="E353" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="F353" t="s">
-        <v>522</v>
+        <v>428</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1167</v>
+        <v>1197</v>
       </c>
       <c r="H353" t="s">
-        <v>1168</v>
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>279</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F354" t="s">
+        <v>428</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>283</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F355" t="s">
+        <v>428</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>288</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F356" t="s">
+        <v>428</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>292</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F357" t="s">
+        <v>428</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>296</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F358" t="s">
+        <v>428</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>300</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F359" t="s">
+        <v>428</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>304</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F360" t="s">
+        <v>428</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>308</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F361" t="s">
+        <v>428</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>312</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F362" t="s">
+        <v>428</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>316</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F363" t="s">
+        <v>428</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>320</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F364" t="s">
+        <v>428</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>324</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F365" t="s">
+        <v>428</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>328</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F366" t="s">
+        <v>428</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>332</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F367" t="s">
+        <v>428</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>336</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F368" t="s">
+        <v>428</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>340</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F369" t="s">
+        <v>428</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>344</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F370" t="s">
+        <v>428</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>348</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F371" t="s">
+        <v>428</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>352</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F372" t="s">
+        <v>428</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>356</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F373" t="s">
+        <v>428</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>360</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F374" t="s">
+        <v>428</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>364</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F375" t="s">
+        <v>428</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>368</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F376" t="s">
+        <v>428</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>372</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F377" t="s">
+        <v>428</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>376</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F378" t="s">
+        <v>428</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>380</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F379" t="s">
+        <v>428</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>384</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F380" t="s">
+        <v>428</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>388</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F381" t="s">
+        <v>428</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F382" t="s">
+        <v>428</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F383" t="s">
+        <v>428</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F384" t="s">
+        <v>428</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E385" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F385" t="s">
+        <v>428</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E386" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F386" t="s">
+        <v>428</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F387" t="s">
+        <v>428</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F388" t="s">
+        <v>428</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F389" t="s">
+        <v>428</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E390" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F390" t="s">
+        <v>428</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>10</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F391" t="s">
+        <v>593</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>17</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E392" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F392" t="s">
+        <v>593</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>21</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E393" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F393" t="s">
+        <v>593</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>25</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F394" t="s">
+        <v>593</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>29</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F395" t="s">
+        <v>593</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>33</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F396" t="s">
+        <v>593</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>38</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F397" t="s">
+        <v>593</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>42</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F398" t="s">
+        <v>593</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>46</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F399" t="s">
+        <v>593</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>50</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F400" t="s">
+        <v>593</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>54</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F401" t="s">
+        <v>593</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>59</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F402" t="s">
+        <v>593</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>63</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F403" t="s">
+        <v>593</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>67</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F404" t="s">
+        <v>593</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>71</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F405" t="s">
+        <v>593</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>75</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F406" t="s">
+        <v>593</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>79</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F407" t="s">
+        <v>805</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>83</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F408" t="s">
+        <v>593</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>87</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F409" t="s">
+        <v>593</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>91</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F410" t="s">
+        <v>593</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>95</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F411" t="s">
+        <v>593</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>98</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F412" t="s">
+        <v>593</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>102</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F413" t="s">
+        <v>593</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>106</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F414" t="s">
+        <v>593</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>109</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F415" t="s">
+        <v>593</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>113</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F416" t="s">
+        <v>593</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>117</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F417" t="s">
+        <v>593</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>121</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F418" t="s">
+        <v>593</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>124</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F419" t="s">
+        <v>593</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>128</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F420" t="s">
+        <v>593</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>132</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F421" t="s">
+        <v>593</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>136</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F422" t="s">
+        <v>593</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>140</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F423" t="s">
+        <v>593</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>144</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F424" t="s">
+        <v>593</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>149</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F425" t="s">
+        <v>593</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>153</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F426" t="s">
+        <v>593</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>157</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F427" t="s">
+        <v>593</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>161</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F428" t="s">
+        <v>593</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>165</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F429" t="s">
+        <v>593</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>169</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F430" t="s">
+        <v>593</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>173</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F431" t="s">
+        <v>593</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>177</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F432" t="s">
+        <v>593</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>181</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F433" t="s">
+        <v>593</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>185</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F434" t="s">
+        <v>593</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>189</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F435" t="s">
+        <v>593</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>193</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F436" t="s">
+        <v>593</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>197</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F437" t="s">
+        <v>593</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>201</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F438" t="s">
+        <v>593</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>205</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F439" t="s">
+        <v>593</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>209</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F440" t="s">
+        <v>593</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>213</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F441" t="s">
+        <v>593</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>217</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F442" t="s">
+        <v>593</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>221</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F443" t="s">
+        <v>593</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>225</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F444" t="s">
+        <v>593</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>229</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F445" t="s">
+        <v>593</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>233</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F446" t="s">
+        <v>593</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>238</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F447" t="s">
+        <v>593</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>243</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F448" t="s">
+        <v>593</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>247</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F449" t="s">
+        <v>593</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>251</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F450" t="s">
+        <v>805</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>255</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F451" t="s">
+        <v>593</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>259</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F452" t="s">
+        <v>593</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>263</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F453" t="s">
+        <v>593</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>267</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F454" t="s">
+        <v>593</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>271</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F455" t="s">
+        <v>593</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>275</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F456" t="s">
+        <v>593</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>279</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F457" t="s">
+        <v>593</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>283</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F458" t="s">
+        <v>593</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>288</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1321</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>292</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F460" t="s">
+        <v>593</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>296</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F461" t="s">
+        <v>593</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>300</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F462" t="s">
+        <v>593</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>304</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F463" t="s">
+        <v>593</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>308</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F464" t="s">
+        <v>593</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>312</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F465" t="s">
+        <v>593</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>316</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F466" t="s">
+        <v>593</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>320</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F467" t="s">
+        <v>593</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>324</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F468" t="s">
+        <v>593</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>328</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F469" t="s">
+        <v>593</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>332</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F470" t="s">
+        <v>593</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>336</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F471" t="s">
+        <v>593</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>340</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F472" t="s">
+        <v>593</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>344</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F473" t="s">
+        <v>593</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>348</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F474" t="s">
+        <v>593</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>352</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F475" t="s">
+        <v>593</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>356</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F476" t="s">
+        <v>593</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>360</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F477" t="s">
+        <v>593</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>364</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F478" t="s">
+        <v>593</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>368</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F479" t="s">
+        <v>593</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>372</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1321</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>376</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F481" t="s">
+        <v>593</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>380</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F482" t="s">
+        <v>593</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>384</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F483" t="s">
+        <v>593</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>388</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F484" t="s">
+        <v>593</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F485" t="s">
+        <v>593</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F486" t="s">
+        <v>593</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F487" t="s">
+        <v>593</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F488" t="s">
+        <v>593</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F489" t="s">
+        <v>593</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F490" t="s">
+        <v>593</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F491" t="s">
+        <v>593</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F492" t="s">
+        <v>593</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F493" t="s">
+        <v>593</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F494" t="s">
+        <v>593</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F495" t="s">
+        <v>593</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F496" t="s">
+        <v>593</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F497" t="s">
+        <v>593</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F498" t="s">
+        <v>593</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F499" t="s">
+        <v>593</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F500" t="s">
+        <v>593</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F501" t="s">
+        <v>593</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F502" t="s">
+        <v>593</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F503" t="s">
+        <v>593</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F504" t="s">
+        <v>593</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F505" t="s">
+        <v>593</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F506" t="s">
+        <v>593</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F507" t="s">
+        <v>593</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F508" t="s">
+        <v>593</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F509" t="s">
+        <v>593</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F510" t="s">
+        <v>593</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F511" t="s">
+        <v>593</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F512" t="s">
+        <v>593</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F513" t="s">
+        <v>593</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>10</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E514" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F514" t="s">
+        <v>805</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>17</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F515" t="s">
+        <v>805</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>21</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F516" t="s">
+        <v>805</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>25</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F517" t="s">
+        <v>805</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>29</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F518" t="s">
+        <v>805</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>33</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F519" t="s">
+        <v>805</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>38</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F520" t="s">
+        <v>805</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>42</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F521" t="s">
+        <v>805</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>46</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F522" t="s">
+        <v>805</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>50</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F523" t="s">
+        <v>805</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>54</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F524" t="s">
+        <v>805</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>59</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F525" t="s">
+        <v>805</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>63</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F526" t="s">
+        <v>805</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>67</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F527" t="s">
+        <v>805</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>71</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F528" t="s">
+        <v>805</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>75</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F529" t="s">
+        <v>805</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>79</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F530" t="s">
+        <v>805</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>83</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F531" t="s">
+        <v>805</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>87</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F532" t="s">
+        <v>805</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>91</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E533" t="s">
+        <v>1711</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>95</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F534" t="s">
+        <v>805</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>98</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E535" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F535" t="s">
+        <v>805</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>102</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E536" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F536" t="s">
+        <v>805</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>106</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E537" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F537" t="s">
+        <v>805</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>109</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E538" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F538" t="s">
+        <v>805</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="H538" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>113</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E539" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F539" t="s">
+        <v>805</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H539" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>117</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F540" t="s">
+        <v>805</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="H540" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>121</v>
+      </c>
+      <c r="D541" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E541" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F541" t="s">
+        <v>805</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H541" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>124</v>
+      </c>
+      <c r="D542" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E542" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F542" t="s">
+        <v>805</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="H542" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>128</v>
+      </c>
+      <c r="D543" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E543" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F543" t="s">
+        <v>805</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="H543" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>132</v>
+      </c>
+      <c r="D544" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E544" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F544" t="s">
+        <v>805</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H544" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>136</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E545" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F545" t="s">
+        <v>805</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>140</v>
+      </c>
+      <c r="D546" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E546" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F546" t="s">
+        <v>805</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H546" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>144</v>
+      </c>
+      <c r="D547" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E547" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F547" t="s">
+        <v>805</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H547" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>149</v>
+      </c>
+      <c r="D548" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E548" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F548" t="s">
+        <v>805</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>153</v>
+      </c>
+      <c r="D549" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E549" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F549" t="s">
+        <v>805</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="H549" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
+        <v>157</v>
+      </c>
+      <c r="D550" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E550" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F550" t="s">
+        <v>805</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="H550" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>161</v>
+      </c>
+      <c r="D551" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E551" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F551" t="s">
+        <v>805</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="H551" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
+        <v>165</v>
+      </c>
+      <c r="D552" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E552" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F552" t="s">
+        <v>805</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H552" t="s">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>169</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E553" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F553" t="s">
+        <v>805</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H553" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>173</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E554" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F554" t="s">
+        <v>805</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="H554" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>177</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E555" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F555" t="s">
+        <v>805</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H555" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>181</v>
+      </c>
+      <c r="D556" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E556" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F556" t="s">
+        <v>805</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H556" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>185</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E557" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F557" t="s">
+        <v>805</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>1839</v>
+      </c>
+      <c r="H557" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>189</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E558" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F558" t="s">
+        <v>805</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H558" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>193</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E559" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F559" t="s">
+        <v>805</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H559" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>197</v>
+      </c>
+      <c r="D560" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E560" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F560" t="s">
+        <v>805</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H560" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>201</v>
+      </c>
+      <c r="D561" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E561" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F561" t="s">
+        <v>805</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H561" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>205</v>
+      </c>
+      <c r="D562" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E562" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F562" t="s">
+        <v>805</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H562" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>209</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E563" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F563" t="s">
+        <v>805</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="H563" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>213</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E564" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F564" t="s">
+        <v>805</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H564" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>217</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E565" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F565" t="s">
+        <v>805</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="H565" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>221</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E566" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F566" t="s">
+        <v>805</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="H566" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>225</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E567" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F567" t="s">
+        <v>805</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H567" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>229</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E568" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F568" t="s">
+        <v>805</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H568" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>233</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E569" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F569" t="s">
+        <v>805</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H569" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>238</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E570" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F570" t="s">
+        <v>805</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>243</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E571" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F571" t="s">
+        <v>805</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H571" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>247</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E572" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F572" t="s">
+        <v>805</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H572" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>251</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E573" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F573" t="s">
+        <v>805</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H573" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>255</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E574" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F574" t="s">
+        <v>805</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H574" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>259</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E575" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F575" t="s">
+        <v>805</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H575" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>263</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E576" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F576" t="s">
+        <v>805</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H576" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>267</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E577" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F577" t="s">
+        <v>805</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H577" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>271</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E578" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F578" t="s">
+        <v>805</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H578" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>275</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E579" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F579" t="s">
+        <v>805</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H579" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>279</v>
+      </c>
+      <c r="D580" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E580" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F580" t="s">
+        <v>805</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H580" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>283</v>
+      </c>
+      <c r="D581" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E581" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F581" t="s">
+        <v>805</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H581" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>288</v>
+      </c>
+      <c r="D582" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E582" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F582" t="s">
+        <v>805</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="H582" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>292</v>
+      </c>
+      <c r="D583" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E583" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F583" t="s">
+        <v>805</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H583" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>296</v>
+      </c>
+      <c r="D584" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E584" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F584" t="s">
+        <v>805</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="H584" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>300</v>
+      </c>
+      <c r="D585" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E585" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F585" t="s">
+        <v>805</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="H585" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>304</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E586" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F586" t="s">
+        <v>805</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H586" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>308</v>
+      </c>
+      <c r="D587" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E587" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F587" t="s">
+        <v>805</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H587" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>312</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E588" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F588" t="s">
+        <v>805</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H588" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>316</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E589" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F589" t="s">
+        <v>805</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H589" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>320</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E590" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F590" t="s">
+        <v>805</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H590" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>324</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E591" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F591" t="s">
+        <v>805</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H591" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>328</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E592" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F592" t="s">
+        <v>805</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H592" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>332</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E593" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F593" t="s">
+        <v>805</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H593" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>336</v>
+      </c>
+      <c r="D594" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E594" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F594" t="s">
+        <v>805</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H594" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>340</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E595" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F595" t="s">
+        <v>805</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H595" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>344</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E596" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F596" t="s">
+        <v>805</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="H596" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>348</v>
+      </c>
+      <c r="D597" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E597" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F597" t="s">
+        <v>805</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H597" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>352</v>
+      </c>
+      <c r="D598" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E598" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F598" t="s">
+        <v>805</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H598" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>356</v>
+      </c>
+      <c r="D599" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E599" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F599" t="s">
+        <v>805</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H599" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>10</v>
+      </c>
+      <c r="D600" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E600" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F600" t="s">
+        <v>55</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H600" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>17</v>
+      </c>
+      <c r="D601" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E601" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F601" t="s">
+        <v>284</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H601" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>21</v>
+      </c>
+      <c r="D602" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E602" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F602" t="s">
+        <v>453</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H602" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>25</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E603" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F603" t="s">
+        <v>145</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H603" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>29</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E604" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F604" t="s">
+        <v>435</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H604" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>33</v>
+      </c>
+      <c r="D605" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E605" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F605" t="s">
+        <v>561</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H605" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>38</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E606" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F606" t="s">
+        <v>234</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="H606" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>42</v>
+      </c>
+      <c r="D607" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E607" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F607" t="s">
+        <v>421</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="H607" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>46</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E608" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F608" t="s">
+        <v>647</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="H608" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>10</v>
+      </c>
+      <c r="D609" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E609" t="s">
+        <v>1997</v>
+      </c>
+      <c r="F609" t="s">
+        <v>428</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H609" t="s">
+        <v>1999</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -13621,50 +22621,306 @@
     <hyperlink ref="G329" r:id="rId328"/>
     <hyperlink ref="G330" r:id="rId329"/>
     <hyperlink ref="G331" r:id="rId330"/>
     <hyperlink ref="G332" r:id="rId331"/>
     <hyperlink ref="G333" r:id="rId332"/>
     <hyperlink ref="G334" r:id="rId333"/>
     <hyperlink ref="G335" r:id="rId334"/>
     <hyperlink ref="G336" r:id="rId335"/>
     <hyperlink ref="G337" r:id="rId336"/>
     <hyperlink ref="G338" r:id="rId337"/>
     <hyperlink ref="G339" r:id="rId338"/>
     <hyperlink ref="G340" r:id="rId339"/>
     <hyperlink ref="G341" r:id="rId340"/>
     <hyperlink ref="G342" r:id="rId341"/>
     <hyperlink ref="G343" r:id="rId342"/>
     <hyperlink ref="G344" r:id="rId343"/>
     <hyperlink ref="G345" r:id="rId344"/>
     <hyperlink ref="G346" r:id="rId345"/>
     <hyperlink ref="G347" r:id="rId346"/>
     <hyperlink ref="G348" r:id="rId347"/>
     <hyperlink ref="G349" r:id="rId348"/>
     <hyperlink ref="G350" r:id="rId349"/>
     <hyperlink ref="G351" r:id="rId350"/>
     <hyperlink ref="G352" r:id="rId351"/>
     <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
+    <hyperlink ref="G384" r:id="rId383"/>
+    <hyperlink ref="G385" r:id="rId384"/>
+    <hyperlink ref="G386" r:id="rId385"/>
+    <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
+    <hyperlink ref="G546" r:id="rId545"/>
+    <hyperlink ref="G547" r:id="rId546"/>
+    <hyperlink ref="G548" r:id="rId547"/>
+    <hyperlink ref="G549" r:id="rId548"/>
+    <hyperlink ref="G550" r:id="rId549"/>
+    <hyperlink ref="G551" r:id="rId550"/>
+    <hyperlink ref="G552" r:id="rId551"/>
+    <hyperlink ref="G553" r:id="rId552"/>
+    <hyperlink ref="G554" r:id="rId553"/>
+    <hyperlink ref="G555" r:id="rId554"/>
+    <hyperlink ref="G556" r:id="rId555"/>
+    <hyperlink ref="G557" r:id="rId556"/>
+    <hyperlink ref="G558" r:id="rId557"/>
+    <hyperlink ref="G559" r:id="rId558"/>
+    <hyperlink ref="G560" r:id="rId559"/>
+    <hyperlink ref="G561" r:id="rId560"/>
+    <hyperlink ref="G562" r:id="rId561"/>
+    <hyperlink ref="G563" r:id="rId562"/>
+    <hyperlink ref="G564" r:id="rId563"/>
+    <hyperlink ref="G565" r:id="rId564"/>
+    <hyperlink ref="G566" r:id="rId565"/>
+    <hyperlink ref="G567" r:id="rId566"/>
+    <hyperlink ref="G568" r:id="rId567"/>
+    <hyperlink ref="G569" r:id="rId568"/>
+    <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>