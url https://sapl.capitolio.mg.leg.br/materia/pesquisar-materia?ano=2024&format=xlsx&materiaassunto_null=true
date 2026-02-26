--- v0 (2025-10-06)
+++ v1 (2026-02-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1157" uniqueCount="468">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1021" uniqueCount="418">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -523,350 +523,189 @@
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Letícia Vallory</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/314/projeto_de_lei_ordinaria_043_2024_escoteiro_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>“RECONHECE UTILIDADE PÚBLICA GRUPO ESCOTEIRO CAMINHOS DA PERFEIÇÃO, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/318/2024_12_20_projeto_lei_ordinaria_n_44.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE TARIFA E COBRANÇA DOS SERVIÇOS DE ESGOTAMENTO SANITÁRIO NO MUNICÍPIO DE CAPITÓLIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>237</t>
-[...5 lines deleted...]
-    <t>Portaria</t>
+    <t>P.RES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>CFOTC - Comissão de Finanças, Orçamentos e Tomada de Contas</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/15/projet1.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE JULGAMENTO DAS CONTAS DO PREFEITO MUNICIPAL DE CAPITÓLIO, EXERCÍCIO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/237/portaria_01_de_2024_-_data_reunioes_ordinarias.pdf</t>
-[...116 lines deleted...]
-    <t>Gabriel</t>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/16/projeto_de_resolucao_002_2024_sala_homenagem_sebastiao_leonel.pdf</t>
+  </si>
+  <si>
+    <t>NOMEIA A SALA DA CÂMARA MUNICIPAL DE CAPITÓLIO CONHECIDA COMO PLENARINHO DE: SEBASTIÃO ALVES LEONEL, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/213/resolucao_009_2024_regulamenta_o_pronto_pagamento.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL O REGIME DE PRONTO PAGAMENTO OU ADIANTAMENTO DE QUE TRATA O ART. 95, §2º DA LEI FEDERAL Nº 14.133/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/214/projeto_de_resolucao_006_2024_subsideos_vereadores_2025_2028.pdf</t>
+  </si>
+  <si>
+    <t>FIXA OS SUBSÍDIOS DOS VEREADORES PARA A 20a LEGISLATURA, ANO 2025 à 2028, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/215/projeto_de_resolucao_003_20_altera.pdf</t>
+  </si>
+  <si>
+    <t>Altera o § 5º do art. 1o da resolução 003/2023 para inclusão da contratação de seguro nas despesas para custeio dos integrantes do Projeto Parlamento Jovem de Minas, da Câmara Municipal de Capitólio e dá outras providências.</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/216/projeto_de_resolucao_007_2024_-_declara_bens_inserviveis.pdf</t>
+  </si>
+  <si>
+    <t>DECLARA INSERVÍVEIS OS BENS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/217/projeto_de_resolucao_008_2024_-_prest_contas_2021.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE CAPITÓLIO, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2021.</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/218/projeto_de_resolucao_009_2024_-_prest_contas_2022.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DE PREFEITURA MUNICIPAL DE CPAITÓLIO, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2022.</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_resolucao_010_2024_-_orcamento_camara_2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A EXECUÇÃO DO ORÇAMENTO PROGRAMA DA ENTIDADE PARA O EXERCÍCIO DE 2025.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_resolucao_011_2024_jornada_de_trabalho_camara_protocolado.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A JRNADA DE TRABALHO E O CONTROLE DE FREQUÊNCIA DO SERVIDOR DA CÂMARA MUNICIPAL DE CAPITÓLIO/MG.</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_resolucao_005_2024_escola_do_legislativo_maria_leonel.pdf</t>
+  </si>
+  <si>
+    <t>NOMEIA A ESCOLA DO LEGISLATIVO DA CÂMARA MUNICIPAL DE CAPITÓLIO DE ESCOLA DO LEGISLATIVO MARIA LEONEL LEITE DE REZENDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/235/projeto_de_resolucao_12_2024.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O CÓDIGO DE ÉTICA DOS EMPREGADOS PÚBLICOS DO PODER LEGISLATIVO DE CAPITÓLIO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/236/projeto_de_resolucao_13_2024.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O CÓDIGO DE ÉTICA E DECORO PARLAMENTAR DA CÂMARA MUNICIPAL DE CAPITÓLIO, ESTADO DE MINAS GERAIS.</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>Ismael da Macaúbas, Letícia Vallory, Miriam Rattis</t>
+  </si>
+  <si>
+    <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_de_resolucao_014_2024_altera_regimento_interno_-_codigo_eticas_protocolado.pdf</t>
+  </si>
+  <si>
+    <t>“ALTERA OS ARTIGOS 7°, 38°, 39° E INCLUI ARTIGO 44A NA RESOLUÇÃO N° 001 DE 2023 - REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE CAPITOLIO/MG.”</t>
+  </si>
+  <si>
+    <t>287</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/</t>
-  </si>
-[...165 lines deleted...]
-    <t>287</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cristiane Amorim</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/10/indicacao_001_2024-indicacao_cristiane_-_melhoria_aterro.pdf</t>
   </si>
   <si>
     <t>Sugestão: solicita revitalização e melhorias da via de acesso secundário à Capitólio (aterro).</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/11/indicacao_002_2024-indicacao_cristiane_-_revisao_aux_enfermagem.pdf</t>
   </si>
   <si>
     <t>Sugestão: revisão da política salarial dos servidores do cargo de auxiliar de enfermagem.</t>
   </si>
   <si>
     <t>Cristiane Amorim, Cláudio Ramos, Vandinho</t>
   </si>
@@ -1360,50 +1199,53 @@
   </si>
   <si>
     <t>Chiquinho</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/308/emenda_impositiva_n_004_-_loa_-_2025_-_francisco.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 004 AO PROJETO DE LEI Nº 029/2024 DE 30 DE AGOSTO DE 2024_x000D_
 Nos termos apresentados, a presente emenda ao orçamento respeita os percentuais previsto em lei, e ainda a obrigatoriedade de destinação de 50% (cinquenta por cento) dos recursos em ações ligadas à saúde (Art. 166, §9° da Constituição Federal), e que deve ser cumprida pelo Governo Municipal.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/309/emenda_impositiva_n_005_-_loa_-_2025_-_lucas.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 005 AO PROJETO DE LEI Nº 029/2024 DE 30 DE AGOSTO DE 2024_x000D_
 Nos termos apresentados, a presente emenda ao orçamento respeita os percentuais previsto em lei, e ainda a obrigatoriedade de destinação de 50% (cinquenta por cento) dos recursos em ações ligadas à saúde (Art. 166, §9° da Constituição Federal), e que deve ser cumprida pelo Governo Municipal.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
+    <t>Gabriel</t>
+  </si>
+  <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/310/emenda_impositiva_n_006_-_loa_-_2025_-_gabriel.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 006 AO PROJETO DE LEI Nº 029/2024 DE 30 DE AGOSTO DE 2024_x000D_
 Nos termos apresentados, a presente emenda ao orçamento respeita os percentuais previsto em lei, e ainda a obrigatoriedade de destinação de 50% (cinquenta por cento) dos recursos em ações ligadas à saúde (Art. 166, §9° da Constituição Federal), e que deve ser cumprida pelo Governo Municipal.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Cláudio Ramos</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/311/emenda_impositiva_n_007_-_loa_-_2025_-_claudio.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N° 007 AO PROJETO DE LEI Nº 029/2024 DE 30 DE AGOSTO DE 2024_x000D_
 Nos termos apresentados, a presente emenda ao orçamento respeita os percentuais previsto em lei, e ainda a obrigatoriedade de destinação de 50% (cinquenta por cento) dos recursos em ações ligadas à saúde (Art. 166, §9° da Constituição Federal), e que deve ser cumprida pelo Governo Municipal.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/312/emenda_impositiva_n_008_-_loa_-_2025_-_cristiane.pdf</t>
   </si>
@@ -1454,54 +1296,54 @@
   <si>
     <t>Cumpre comunicar-lhes que, na forma do disposto no $1º do artigo 52 da Lei Orgânica do Município, decido VETAR PARCIALMENTE o Projeto de Lei Ordinária Substitutivo nº 029/2024, de autoria do Poder Executivo, com emendas inseridas pelos Vereadores, projeto de lei que “ESTIMA A RECEITA E FIXA DESPESA DO MUNICÍPIO DE CAPITÓLIO-MG, PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>PPTCE</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas - TCEMG</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de Minas Gerais</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/32/2024_04_15_prestacao_contas_prefeitura_2021_tce.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Executivo Municipal Exercício 2021.</t>
   </si>
   <si>
     <t>Prestação de Contas do Executivo Municipal Exercício 2022.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>SUB</t>
-[...2 lines deleted...]
-    <t>Substitutivo</t>
+    <t>PSUB</t>
+  </si>
+  <si>
+    <t>Projeto Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/226/pl_ordinaria_014_2024_-_ldo_2025_-_substitutivo.pdf</t>
   </si>
   <si>
     <t>PL_ORDINARIA_014_2024 - LDO 2025 - SUBSTITUTIVO - Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/269/pl_complementar_substitutivo_009_2024_altera_lc_006.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N° 006, DE 03 DE ABRIL DE 2020, QUE CRIA, EXTINGUE E ALTERA EMPREGOS PUBLICOS DO MUNICIPIO DE CAPITOLIO, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/273/pl_complementar_009_2024_altera_lc_006.pdf</t>
   </si>
   <si>
     <t>286</t>
   </si>
@@ -1835,56 +1677,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/1/pl_ordinaria_001_2024_-_reajuste_salarial_database.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/2/pl_ordinaria_002_2024_-_revisao_anual_salario_servidores.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/3/pl_ordinaria_003_2024_-_correcao_subsidios_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/4/pl_ordinaria_004_2024_-_acresce_paragrafo_unico.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/5/pl_ordinaria_005_2024_-_financiamento_bdmg_3_milhoes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/6/pl_ordinaria_006_2024_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/20/pl_ordinaria_007_2024_eliminador_e_bloqueador_de_ar_na_rede_de_agua.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/21/pl_ordinaria_008_2024_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/22/pl_ordinaria_009_2024_subvencao_escoteiros.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/23/pl_ordinaria_010_2024_subvencao_avamep.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/24/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/27/pl_ordinaria_012_2024_-_aumento_salarial_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/28/pl_ordinaria_013_2024_-_subsidios_agentes_politicos_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/30/pl_ordinaria_014_2024_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/36/pl_ordinaria_015_2024_-_altera_doacao_lote_apae_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/37/pl_ordinaria_016_2024_-_abertura_credito_utc_-_r_150mil.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/38/pl_ordinaria_017_2024_-_abertura_credito_paulo_gustavo_-_r_9mil.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/39/pl_ordinaria_018_2024_-_abertura_credito_santa_casa_-_foco_-_r_168mil_odair_ulysses.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/40/pl_ordinaria_019_2024_-_abertura_credito_ascatur_-_r_300mil.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/41/pl_ordinaria_020_2024_-_abertura_credito_santa_casa_-_foco_-_r_168mil_wendel.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/227/pl_ord1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/228/pl_ordinaria_022_2024_abertura_crd_canyons_r_2_5_mi.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/229/2024_06_10_projeto_lei_ordinaria_n_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/230/2024_06_10_projeto_lei_ordinaria_n_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/231/2024_06_25_projeto_lei_ordinaria_n_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/232/2024_07_10_projeto_lei_ordinaria_n_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/233/2024_08_05_projeto_lei_ordinaria_n_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/234/2024_08_06_projeto_lei_ordinaria_n_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_ordinaria_n_29_-_loa.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/251/2024_09_11_projeto_lei_ordinaria_n_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/252/2024_09_11_projeto_lei_ordinaria_n_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/253/2024_09_11_projeto_lei_ordinaria_n_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/254/2024_09_11_projeto_lei_ordinaria_n_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/255/2024_09_11_projeto_lei_ordinaria_n_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/256/2024_09_11_projeto_lei_ordinaria_n_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/259/2024_10_07_projeto_lei_ordinaria_n_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/260/2024_10_07_projeto_lei_ordinaria_n_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/265/2024_10_22_projeto_lei_ordinaria_n_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/266/2024_10_22_projeto_lei_ordinaria_n_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/267/2024_10_22_projeto_lei_ordinaria_n_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/268/2024_10_22_projeto_lei_ordinaria_n_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/272/2024_11_11_projeto_lei_ordinaria_n_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/314/projeto_de_lei_ordinaria_043_2024_escoteiro_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/318/2024_12_20_projeto_lei_ordinaria_n_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/237/portaria_01_de_2024_-_data_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/238/portaria_02_de_2024_-_data_reunioes_comissoes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/239/portaria_03_de_2024_-_regulamenta_a_aplicacao_da_lei_14.133.21.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/240/portaria_04_de_2024_-_nomeia_equipe_de_compras.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/241/portaria_05_de_2024-_exonera_a_servidora_marlene.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/242/portaria_06_de_2024_-_altera_a_portaria_3_sobre_compras_e_contratacoes_da_camara.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/243/portaria_07_de_2024_-_homologa_o_concurso_publico_01.2023__lista_aprovados.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/244/portaria_08_de_2024_empossa_auxiliar_e_assistente_concurso_publico_01.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/245/portaria_09_de_2024_empossa_juliana_-_alcimar_-_natan_concurso.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/246/portaria_10.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/247/portaria_n11_-_2024_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/248/portaria_12_de_2024_-_alteracao_de_data_reunioes_comissao_de_legislacao.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/249/portaria_13_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/365/portaria_15_de_2024_-_exoneracao_marcelly.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/366/portaria_16_de_2024_-_exoneracao_felipe_picinin.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/367/portaria_17_de_2024_-_exoneracao_felipe_reigado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/15/projet1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/16/projeto_de_resolucao_002_2024_sala_homenagem_sebastiao_leonel.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/213/resolucao_009_2024_regulamenta_o_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/214/projeto_de_resolucao_006_2024_subsideos_vereadores_2025_2028.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/215/projeto_de_resolucao_003_20_altera.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/216/projeto_de_resolucao_007_2024_-_declara_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/217/projeto_de_resolucao_008_2024_-_prest_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/218/projeto_de_resolucao_009_2024_-_prest_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_resolucao_010_2024_-_orcamento_camara_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_resolucao_011_2024_jornada_de_trabalho_camara_protocolado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_resolucao_005_2024_escola_do_legislativo_maria_leonel.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/235/projeto_de_resolucao_12_2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/236/projeto_de_resolucao_13_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_de_resolucao_014_2024_altera_regimento_interno_-_codigo_eticas_protocolado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/10/indicacao_001_2024-indicacao_cristiane_-_melhoria_aterro.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/11/indicacao_002_2024-indicacao_cristiane_-_revisao_aux_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/14/indicacao_003_2024-indicacao_cristiane_-_bienio_lc_1732020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/13/indicacao_004_2024-indicacao_leticia_-_reajuste_salarios_servidores.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/25/indicacao_005_2024-indicacao_lucas_-_homenagem_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/7/projeto_de_lei_complementar_01.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/8/projeto_de_lei_complementar_02.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/9/projeto_de_lei_complementar_03.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/222/2024_06_10_projeto_lei_complementar_n_04.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/223/2024_06_10_projeto_lei_complementar_n_05.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/224/2024_06_10_projeto_lei_complementar_n_06.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/225/pl_complementar_007_2024_altera_a_lei_complementar_no_002.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/262/pl_complementar_008_2024_cria_a_lei_do_servico_de_inspecao_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/264/pl_complementar_010_2024_altera_a_lc_001.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/316/pl_complementar_011_2024_altera_estrutura_camara.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/317/pl_complementar_012_2024_institui_pgv_planta_generica_de_valores_imobiliarios.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/257/emenda_de_redacao_no_01_ao_projeto_de_lei_ordinaria_no_032.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/258/emenda_de_redacao_no_01_ao_projeto_de_lei_ordinaria_no_034.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/275/emendas_001_a_003_projeto_de_resolucao_012_2024_codigo_etica_servidores.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/276/emendas_001_a_007_projeto_de_resolucao_013_2024_codigo_etica_vereadores-1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/277/emendas_001_a_007_projeto_de_resolucao_013_2024_codigo_etica_vereadores-2.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/278/emendas_001_a_007_projeto_de_resolucao_013_2024_codigo_etica_vereadores-3.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/280/emendas_001_a_007_projeto_de_resolucao_013_2024_codigo_etica_vereadores-5.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/281/emendas_001_a_007_projeto_de_resolucao_013_2024_codigo_etica_vereadores-6.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/284/emenda_001_projeto_de_resolucao_014_2024_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/288/emenda_ordinaria_n_001_-_loa_-_2025_-_majora_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/291/emenda_ordinaria_n_004_-_loa_-_2025_-_majora_ascatur.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/292/emenda_ordinaria_n_005_-_loa_-_2025_-_majora_anjos_de_caopitolio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/293/emenda_ordinaria_n_006_-_loa_-_2025_-_majora_gapop.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/294/emenda_ordinaria_n_007_-_loa_-_2025_-_majora_capitart.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/296/emenda_ordinaria_n_009_-_loa_-_2025_-_majora_emater.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/297/emenda_ordinaria_n_010_-_loa_-_2025_-_majora_codec.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/298/emenda_ordinaria_n_011_-_loa_-_2025_-_majora_lar_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/299/emenda_ordinaria_n_012_-_loa_-_2025_-_majora_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/300/emenda_ordinaria_n_013_-_loa_-_2025_-_majora_reforma_casa_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/301/emenda_ordinaria_n_014_-_loa_-_2025_-_piso_parquinho_orla.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/302/emenda_ordinaria_n_015_-_loa_-_2025_-_aquisicao_hidrojato.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/303/emenda_ordinaria_n_016_-_loa_-_2025_-_aquisicao_maquinarios.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/304/emenda_redacao_com_fin_n_001_-_loa_-_2025_-_altera_30.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/305/emenda_impositiva_n_001_-_loa_-_2025_-_leticia.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/306/emenda_impositiva_n_002_-_loa_-_2025_-_ismael.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/307/emenda_impositiva_n_003_-_loa_-_2025_-_miriam.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/308/emenda_impositiva_n_004_-_loa_-_2025_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/309/emenda_impositiva_n_005_-_loa_-_2025_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/310/emenda_impositiva_n_006_-_loa_-_2025_-_gabriel.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/311/emenda_impositiva_n_007_-_loa_-_2025_-_claudio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/312/emenda_impositiva_n_008_-_loa_-_2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/313/emenda_impositiva_n_009_-_loa_-_2025_-_evandro.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/315/emenda_de_redacao_no_01_ao_projeto_de_lei_ordinaria_no_043.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/31/veto_integral_pl_ordinaria_013_2024_-_subsidios_agentes_politicos_executivo.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/319/2024_12_30__comunica_veto_parcial_2.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/32/2024_04_15_prestacao_contas_prefeitura_2021_tce.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/226/pl_ordinaria_014_2024_-_ldo_2025_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/269/pl_complementar_substitutivo_009_2024_altera_lc_006.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/273/pl_complementar_009_2024_altera_lc_006.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/286/substitutivo_projeto_de_lei_ordinaria_n_29_-_loa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/1/pl_ordinaria_001_2024_-_reajuste_salarial_database.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/2/pl_ordinaria_002_2024_-_revisao_anual_salario_servidores.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/3/pl_ordinaria_003_2024_-_correcao_subsidios_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/4/pl_ordinaria_004_2024_-_acresce_paragrafo_unico.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/5/pl_ordinaria_005_2024_-_financiamento_bdmg_3_milhoes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/6/pl_ordinaria_006_2024_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/20/pl_ordinaria_007_2024_eliminador_e_bloqueador_de_ar_na_rede_de_agua.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/21/pl_ordinaria_008_2024_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/22/pl_ordinaria_009_2024_subvencao_escoteiros.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/23/pl_ordinaria_010_2024_subvencao_avamep.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/24/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/27/pl_ordinaria_012_2024_-_aumento_salarial_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/28/pl_ordinaria_013_2024_-_subsidios_agentes_politicos_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/30/pl_ordinaria_014_2024_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/36/pl_ordinaria_015_2024_-_altera_doacao_lote_apae_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/37/pl_ordinaria_016_2024_-_abertura_credito_utc_-_r_150mil.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/38/pl_ordinaria_017_2024_-_abertura_credito_paulo_gustavo_-_r_9mil.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/39/pl_ordinaria_018_2024_-_abertura_credito_santa_casa_-_foco_-_r_168mil_odair_ulysses.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/40/pl_ordinaria_019_2024_-_abertura_credito_ascatur_-_r_300mil.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/41/pl_ordinaria_020_2024_-_abertura_credito_santa_casa_-_foco_-_r_168mil_wendel.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/227/pl_ord1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/228/pl_ordinaria_022_2024_abertura_crd_canyons_r_2_5_mi.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/229/2024_06_10_projeto_lei_ordinaria_n_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/230/2024_06_10_projeto_lei_ordinaria_n_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/231/2024_06_25_projeto_lei_ordinaria_n_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/232/2024_07_10_projeto_lei_ordinaria_n_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/233/2024_08_05_projeto_lei_ordinaria_n_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/234/2024_08_06_projeto_lei_ordinaria_n_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_ordinaria_n_29_-_loa.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/251/2024_09_11_projeto_lei_ordinaria_n_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/252/2024_09_11_projeto_lei_ordinaria_n_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/253/2024_09_11_projeto_lei_ordinaria_n_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/254/2024_09_11_projeto_lei_ordinaria_n_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/255/2024_09_11_projeto_lei_ordinaria_n_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/256/2024_09_11_projeto_lei_ordinaria_n_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/259/2024_10_07_projeto_lei_ordinaria_n_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/260/2024_10_07_projeto_lei_ordinaria_n_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/265/2024_10_22_projeto_lei_ordinaria_n_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/266/2024_10_22_projeto_lei_ordinaria_n_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/267/2024_10_22_projeto_lei_ordinaria_n_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/268/2024_10_22_projeto_lei_ordinaria_n_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/272/2024_11_11_projeto_lei_ordinaria_n_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/314/projeto_de_lei_ordinaria_043_2024_escoteiro_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/318/2024_12_20_projeto_lei_ordinaria_n_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/15/projet1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/16/projeto_de_resolucao_002_2024_sala_homenagem_sebastiao_leonel.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/213/resolucao_009_2024_regulamenta_o_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/214/projeto_de_resolucao_006_2024_subsideos_vereadores_2025_2028.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/215/projeto_de_resolucao_003_20_altera.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/216/projeto_de_resolucao_007_2024_-_declara_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/217/projeto_de_resolucao_008_2024_-_prest_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/218/projeto_de_resolucao_009_2024_-_prest_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_resolucao_010_2024_-_orcamento_camara_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_resolucao_011_2024_jornada_de_trabalho_camara_protocolado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_resolucao_005_2024_escola_do_legislativo_maria_leonel.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/235/projeto_de_resolucao_12_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/236/projeto_de_resolucao_13_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_de_resolucao_014_2024_altera_regimento_interno_-_codigo_eticas_protocolado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/10/indicacao_001_2024-indicacao_cristiane_-_melhoria_aterro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/11/indicacao_002_2024-indicacao_cristiane_-_revisao_aux_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/14/indicacao_003_2024-indicacao_cristiane_-_bienio_lc_1732020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/13/indicacao_004_2024-indicacao_leticia_-_reajuste_salarios_servidores.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/25/indicacao_005_2024-indicacao_lucas_-_homenagem_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/7/projeto_de_lei_complementar_01.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/8/projeto_de_lei_complementar_02.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/9/projeto_de_lei_complementar_03.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/222/2024_06_10_projeto_lei_complementar_n_04.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/223/2024_06_10_projeto_lei_complementar_n_05.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/224/2024_06_10_projeto_lei_complementar_n_06.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/225/pl_complementar_007_2024_altera_a_lei_complementar_no_002.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/262/pl_complementar_008_2024_cria_a_lei_do_servico_de_inspecao_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/264/pl_complementar_010_2024_altera_a_lc_001.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/316/pl_complementar_011_2024_altera_estrutura_camara.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/317/pl_complementar_012_2024_institui_pgv_planta_generica_de_valores_imobiliarios.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/257/emenda_de_redacao_no_01_ao_projeto_de_lei_ordinaria_no_032.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/258/emenda_de_redacao_no_01_ao_projeto_de_lei_ordinaria_no_034.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/275/emendas_001_a_003_projeto_de_resolucao_012_2024_codigo_etica_servidores.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/276/emendas_001_a_007_projeto_de_resolucao_013_2024_codigo_etica_vereadores-1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/277/emendas_001_a_007_projeto_de_resolucao_013_2024_codigo_etica_vereadores-2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/278/emendas_001_a_007_projeto_de_resolucao_013_2024_codigo_etica_vereadores-3.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/280/emendas_001_a_007_projeto_de_resolucao_013_2024_codigo_etica_vereadores-5.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/281/emendas_001_a_007_projeto_de_resolucao_013_2024_codigo_etica_vereadores-6.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/284/emenda_001_projeto_de_resolucao_014_2024_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/288/emenda_ordinaria_n_001_-_loa_-_2025_-_majora_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/291/emenda_ordinaria_n_004_-_loa_-_2025_-_majora_ascatur.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/292/emenda_ordinaria_n_005_-_loa_-_2025_-_majora_anjos_de_caopitolio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/293/emenda_ordinaria_n_006_-_loa_-_2025_-_majora_gapop.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/294/emenda_ordinaria_n_007_-_loa_-_2025_-_majora_capitart.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/296/emenda_ordinaria_n_009_-_loa_-_2025_-_majora_emater.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/297/emenda_ordinaria_n_010_-_loa_-_2025_-_majora_codec.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/298/emenda_ordinaria_n_011_-_loa_-_2025_-_majora_lar_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/299/emenda_ordinaria_n_012_-_loa_-_2025_-_majora_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/300/emenda_ordinaria_n_013_-_loa_-_2025_-_majora_reforma_casa_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/301/emenda_ordinaria_n_014_-_loa_-_2025_-_piso_parquinho_orla.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/302/emenda_ordinaria_n_015_-_loa_-_2025_-_aquisicao_hidrojato.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/303/emenda_ordinaria_n_016_-_loa_-_2025_-_aquisicao_maquinarios.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/304/emenda_redacao_com_fin_n_001_-_loa_-_2025_-_altera_30.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/305/emenda_impositiva_n_001_-_loa_-_2025_-_leticia.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/306/emenda_impositiva_n_002_-_loa_-_2025_-_ismael.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/307/emenda_impositiva_n_003_-_loa_-_2025_-_miriam.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/308/emenda_impositiva_n_004_-_loa_-_2025_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/309/emenda_impositiva_n_005_-_loa_-_2025_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/310/emenda_impositiva_n_006_-_loa_-_2025_-_gabriel.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/311/emenda_impositiva_n_007_-_loa_-_2025_-_claudio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/312/emenda_impositiva_n_008_-_loa_-_2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/313/emenda_impositiva_n_009_-_loa_-_2025_-_evandro.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/315/emenda_de_redacao_no_01_ao_projeto_de_lei_ordinaria_no_043.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/31/veto_integral_pl_ordinaria_013_2024_-_subsidios_agentes_politicos_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/319/2024_12_30__comunica_veto_parcial_2.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/32/2024_04_15_prestacao_contas_prefeitura_2021_tce.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/226/pl_ordinaria_014_2024_-_ldo_2025_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/269/pl_complementar_substitutivo_009_2024_altera_lc_006.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/273/pl_complementar_009_2024_altera_lc_006.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2024/286/substitutivo_projeto_de_lei_ordinaria_n_29_-_loa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H145"/>
+  <dimension ref="A1:H128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="102" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="154.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3025,2640 +2867,2198 @@
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>167</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>168</v>
       </c>
       <c r="H45" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>65</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>32</v>
+      </c>
+      <c r="D46" t="s">
         <v>170</v>
       </c>
-      <c r="B46" t="s">
-[...5 lines deleted...]
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>171</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>172</v>
       </c>
-      <c r="F46" t="s">
+      <c r="G46" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>69</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>37</v>
+      </c>
+      <c r="D47" t="s">
+        <v>170</v>
+      </c>
+      <c r="E47" t="s">
+        <v>171</v>
+      </c>
+      <c r="F47" t="s">
+        <v>175</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B47" t="s">
-[...14 lines deleted...]
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>178</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>41</v>
+      </c>
+      <c r="D48" t="s">
+        <v>170</v>
+      </c>
+      <c r="E48" t="s">
+        <v>171</v>
+      </c>
+      <c r="F48" t="s">
+        <v>16</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B48" t="s">
-[...14 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>181</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>45</v>
+      </c>
+      <c r="D49" t="s">
+        <v>170</v>
+      </c>
+      <c r="E49" t="s">
+        <v>171</v>
+      </c>
+      <c r="F49" t="s">
+        <v>16</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B49" t="s">
-[...14 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>184</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>49</v>
+      </c>
+      <c r="D50" t="s">
+        <v>170</v>
+      </c>
+      <c r="E50" t="s">
+        <v>171</v>
+      </c>
+      <c r="F50" t="s">
+        <v>16</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B50" t="s">
-[...14 lines deleted...]
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>187</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>53</v>
+      </c>
+      <c r="D51" t="s">
+        <v>170</v>
+      </c>
+      <c r="E51" t="s">
+        <v>171</v>
+      </c>
+      <c r="F51" t="s">
+        <v>16</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B51" t="s">
-[...14 lines deleted...]
-      <c r="G51" s="1" t="s">
+      <c r="H51" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>190</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>57</v>
+      </c>
+      <c r="D52" t="s">
+        <v>170</v>
+      </c>
+      <c r="E52" t="s">
+        <v>171</v>
+      </c>
+      <c r="F52" t="s">
+        <v>172</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="B52" t="s">
-[...14 lines deleted...]
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>193</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>61</v>
+      </c>
+      <c r="D53" t="s">
+        <v>170</v>
+      </c>
+      <c r="E53" t="s">
+        <v>171</v>
+      </c>
+      <c r="F53" t="s">
+        <v>172</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B53" t="s">
-[...14 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>196</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>65</v>
+      </c>
+      <c r="D54" t="s">
+        <v>170</v>
+      </c>
+      <c r="E54" t="s">
+        <v>171</v>
+      </c>
+      <c r="F54" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B54" t="s">
-[...14 lines deleted...]
-      <c r="G54" s="1" t="s">
+      <c r="H54" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>199</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>69</v>
+      </c>
+      <c r="D55" t="s">
+        <v>170</v>
+      </c>
+      <c r="E55" t="s">
+        <v>171</v>
+      </c>
+      <c r="F55" t="s">
+        <v>16</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="B55" t="s">
-[...14 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>202</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>73</v>
+      </c>
+      <c r="D56" t="s">
+        <v>170</v>
+      </c>
+      <c r="E56" t="s">
+        <v>171</v>
+      </c>
+      <c r="F56" t="s">
+        <v>16</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B56" t="s">
-[...14 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>205</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>77</v>
+      </c>
+      <c r="D57" t="s">
+        <v>170</v>
+      </c>
+      <c r="E57" t="s">
+        <v>171</v>
+      </c>
+      <c r="F57" t="s">
+        <v>16</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="B57" t="s">
-[...14 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>208</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>81</v>
+      </c>
+      <c r="D58" t="s">
+        <v>170</v>
+      </c>
+      <c r="E58" t="s">
+        <v>171</v>
+      </c>
+      <c r="F58" t="s">
+        <v>16</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B58" t="s">
-[...14 lines deleted...]
-      <c r="G58" s="1" t="s">
+      <c r="H58" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>211</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>31</v>
+      </c>
+      <c r="D59" t="s">
+        <v>170</v>
+      </c>
+      <c r="E59" t="s">
+        <v>171</v>
+      </c>
+      <c r="F59" t="s">
         <v>212</v>
       </c>
-      <c r="B59" t="s">
-[...11 lines deleted...]
-      <c r="F59" t="s">
+      <c r="G59" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="G59" s="1" t="s">
+      <c r="H59" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>215</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>36</v>
+      </c>
+      <c r="D60" t="s">
+        <v>170</v>
+      </c>
+      <c r="E60" t="s">
+        <v>171</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="B60" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H60" t="s">
-        <v>218</v>
+        <v>189</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>45</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" t="s">
+        <v>217</v>
+      </c>
+      <c r="E61" t="s">
+        <v>218</v>
+      </c>
+      <c r="F61" t="s">
         <v>219</v>
-      </c>
-[...13 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>220</v>
       </c>
       <c r="H61" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>221</v>
+        <v>49</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="D62" t="s">
-        <v>171</v>
+        <v>217</v>
       </c>
       <c r="E62" t="s">
-        <v>172</v>
+        <v>218</v>
       </c>
       <c r="F62" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>222</v>
       </c>
       <c r="H62" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="D63" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="E63" t="s">
+        <v>218</v>
+      </c>
+      <c r="F63" t="s">
         <v>224</v>
       </c>
-      <c r="F63" t="s">
+      <c r="G63" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="G63" s="1" t="s">
+      <c r="H63" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="D64" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="E64" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="F64" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="H64" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>230</v>
+        <v>100</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="D65" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="E65" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="F65" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="H65" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>233</v>
+        <v>104</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="D66" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="E66" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="F66" t="s">
-        <v>16</v>
+        <v>230</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>234</v>
+        <v>216</v>
       </c>
       <c r="H66" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>236</v>
+        <v>32</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="D67" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E67" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="F67" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="H67" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>239</v>
+        <v>37</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="D68" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E68" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="F68" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="H68" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>242</v>
+        <v>41</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="D69" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E69" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="F69" t="s">
-        <v>225</v>
+        <v>12</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="H69" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="D70" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E70" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="F70" t="s">
-        <v>225</v>
+        <v>12</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="H70" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="D71" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E71" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="F71" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="H71" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="D72" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E72" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="F72" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="H72" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="D73" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E73" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="F73" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="H73" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="D74" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E74" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="F74" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="H74" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="D75" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E75" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="F75" t="s">
-        <v>16</v>
+        <v>147</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>261</v>
+        <v>216</v>
       </c>
       <c r="H75" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="D76" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E76" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="F76" t="s">
-        <v>264</v>
+        <v>147</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="H76" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D77" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="E77" t="s">
-        <v>224</v>
+        <v>233</v>
+      </c>
+      <c r="F77" t="s">
+        <v>16</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>214</v>
+        <v>260</v>
       </c>
       <c r="H77" t="s">
-        <v>241</v>
+        <v>261</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>45</v>
+        <v>262</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="D78" t="s">
-        <v>268</v>
+        <v>232</v>
       </c>
       <c r="E78" t="s">
-        <v>269</v>
+        <v>233</v>
       </c>
       <c r="F78" t="s">
-        <v>270</v>
+        <v>12</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="H78" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>49</v>
+        <v>114</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D79" t="s">
+        <v>265</v>
+      </c>
+      <c r="E79" t="s">
+        <v>266</v>
+      </c>
+      <c r="F79" t="s">
+        <v>267</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H79" t="s">
         <v>268</v>
-      </c>
-[...10 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>61</v>
+        <v>269</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D80" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E80" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="F80" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="H80" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>57</v>
+        <v>273</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D81" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E81" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="F81" t="s">
-        <v>163</v>
+        <v>270</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="H81" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>100</v>
+        <v>276</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D82" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E82" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="F82" t="s">
-        <v>33</v>
+        <v>277</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>279</v>
+        <v>216</v>
       </c>
       <c r="H82" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>104</v>
+        <v>279</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D83" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E83" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="F83" t="s">
+        <v>163</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H83" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>32</v>
+        <v>282</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="D84" t="s">
+        <v>265</v>
+      </c>
+      <c r="E84" t="s">
+        <v>266</v>
+      </c>
+      <c r="F84" t="s">
+        <v>163</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="E84" t="s">
+      <c r="H84" t="s">
         <v>284</v>
-      </c>
-[...7 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>37</v>
+        <v>285</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D85" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="E85" t="s">
-        <v>284</v>
+        <v>266</v>
       </c>
       <c r="F85" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="G85" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H85" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>41</v>
+        <v>288</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="D86" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="E86" t="s">
-        <v>284</v>
+        <v>266</v>
       </c>
       <c r="F86" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>289</v>
       </c>
       <c r="H86" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>291</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="D87" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="E87" t="s">
-        <v>284</v>
+        <v>266</v>
       </c>
       <c r="F87" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="G87" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H87" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>293</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>45</v>
+      </c>
+      <c r="D88" t="s">
+        <v>265</v>
+      </c>
+      <c r="E88" t="s">
+        <v>266</v>
+      </c>
+      <c r="F88" t="s">
+        <v>163</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B88" t="s">
-[...14 lines deleted...]
-      <c r="G88" s="1" t="s">
+      <c r="H88" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>296</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>49</v>
+      </c>
+      <c r="D89" t="s">
+        <v>265</v>
+      </c>
+      <c r="E89" t="s">
+        <v>266</v>
+      </c>
+      <c r="F89" t="s">
+        <v>163</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="B89" t="s">
-[...14 lines deleted...]
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>299</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>53</v>
+      </c>
+      <c r="D90" t="s">
+        <v>265</v>
+      </c>
+      <c r="E90" t="s">
+        <v>266</v>
+      </c>
+      <c r="F90" t="s">
+        <v>163</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H90" t="s">
         <v>300</v>
-      </c>
-[...19 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>301</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>57</v>
+      </c>
+      <c r="D91" t="s">
+        <v>265</v>
+      </c>
+      <c r="E91" t="s">
+        <v>266</v>
+      </c>
+      <c r="F91" t="s">
+        <v>219</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H91" t="s">
         <v>302</v>
-      </c>
-[...19 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>303</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>61</v>
+      </c>
+      <c r="D92" t="s">
+        <v>265</v>
+      </c>
+      <c r="E92" t="s">
+        <v>266</v>
+      </c>
+      <c r="F92" t="s">
+        <v>163</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H92" t="s">
         <v>305</v>
-      </c>
-[...19 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>306</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>65</v>
+      </c>
+      <c r="D93" t="s">
+        <v>265</v>
+      </c>
+      <c r="E93" t="s">
+        <v>266</v>
+      </c>
+      <c r="F93" t="s">
+        <v>163</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H93" t="s">
         <v>307</v>
-      </c>
-[...19 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>308</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>69</v>
+      </c>
+      <c r="D94" t="s">
+        <v>265</v>
+      </c>
+      <c r="E94" t="s">
+        <v>266</v>
+      </c>
+      <c r="F94" t="s">
+        <v>163</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H94" t="s">
         <v>310</v>
-      </c>
-[...19 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="D95" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="E95" t="s">
-        <v>284</v>
+        <v>266</v>
       </c>
       <c r="F95" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>314</v>
+        <v>216</v>
       </c>
       <c r="H95" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>114</v>
+        <v>313</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="D96" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E96" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F96" t="s">
-        <v>318</v>
+        <v>163</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="H96" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="D97" t="s">
+        <v>265</v>
+      </c>
+      <c r="E97" t="s">
+        <v>266</v>
+      </c>
+      <c r="F97" t="s">
+        <v>163</v>
+      </c>
+      <c r="G97" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="E97" t="s">
+      <c r="H97" t="s">
         <v>317</v>
-      </c>
-[...7 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D98" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E98" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F98" t="s">
-        <v>321</v>
+        <v>163</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="H98" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D99" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E99" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F99" t="s">
-        <v>328</v>
+        <v>163</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>214</v>
+        <v>322</v>
       </c>
       <c r="H99" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="D100" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E100" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F100" t="s">
         <v>163</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="H100" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="D101" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E101" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F101" t="s">
         <v>163</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>334</v>
+        <v>216</v>
       </c>
       <c r="H101" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="D102" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E102" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F102" t="s">
         <v>163</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="H102" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>37</v>
+        <v>100</v>
       </c>
       <c r="D103" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E103" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F103" t="s">
         <v>163</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="H103" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>41</v>
+        <v>104</v>
       </c>
       <c r="D104" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E104" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F104" t="s">
         <v>163</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>214</v>
+        <v>336</v>
       </c>
       <c r="H104" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="D105" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E105" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F105" t="s">
         <v>163</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="H105" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D106" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E106" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F106" t="s">
         <v>163</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="H106" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>53</v>
+        <v>114</v>
       </c>
       <c r="D107" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E107" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F107" t="s">
         <v>163</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>214</v>
+        <v>345</v>
       </c>
       <c r="H107" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D108" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E108" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F108" t="s">
-        <v>270</v>
+        <v>163</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>214</v>
+        <v>348</v>
       </c>
       <c r="H108" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="D109" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E109" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F109" t="s">
         <v>163</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="H109" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>65</v>
+        <v>125</v>
       </c>
       <c r="D110" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E110" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F110" t="s">
         <v>163</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>214</v>
+        <v>354</v>
       </c>
       <c r="H110" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>69</v>
+        <v>129</v>
       </c>
       <c r="D111" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E111" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F111" t="s">
         <v>163</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="H111" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>359</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>133</v>
+      </c>
+      <c r="D112" t="s">
+        <v>265</v>
+      </c>
+      <c r="E112" t="s">
+        <v>266</v>
+      </c>
+      <c r="F112" t="s">
+        <v>360</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H112" t="s">
         <v>362</v>
-      </c>
-[...19 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>363</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>137</v>
+      </c>
+      <c r="D113" t="s">
+        <v>265</v>
+      </c>
+      <c r="E113" t="s">
+        <v>266</v>
+      </c>
+      <c r="F113" t="s">
         <v>364</v>
       </c>
-      <c r="B113" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G113" s="1" t="s">
-        <v>214</v>
+        <v>365</v>
       </c>
       <c r="H113" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="D114" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E114" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F114" t="s">
-        <v>163</v>
+        <v>368</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="H114" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="D115" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E115" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F115" t="s">
-        <v>163</v>
+        <v>33</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="H115" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="D116" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E116" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F116" t="s">
-        <v>163</v>
+        <v>375</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="H116" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>40</v>
+        <v>76</v>
       </c>
       <c r="D117" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E117" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F117" t="s">
-        <v>163</v>
+        <v>379</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="H117" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="D118" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E118" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F118" t="s">
-        <v>163</v>
+        <v>219</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>214</v>
+        <v>383</v>
       </c>
       <c r="H118" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="D119" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E119" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F119" t="s">
-        <v>163</v>
+        <v>386</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="H119" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>100</v>
+        <v>158</v>
       </c>
       <c r="D120" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E120" t="s">
-        <v>317</v>
+        <v>266</v>
       </c>
       <c r="F120" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="H120" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>386</v>
+        <v>121</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>104</v>
+        <v>8</v>
       </c>
       <c r="D121" t="s">
-        <v>316</v>
+        <v>392</v>
       </c>
       <c r="E121" t="s">
-        <v>317</v>
+        <v>393</v>
       </c>
       <c r="F121" t="s">
-        <v>163</v>
+        <v>12</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="H121" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="D122" t="s">
-        <v>316</v>
+        <v>392</v>
       </c>
       <c r="E122" t="s">
-        <v>317</v>
+        <v>393</v>
       </c>
       <c r="F122" t="s">
-        <v>163</v>
+        <v>12</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="H122" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>392</v>
+        <v>125</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="D123" t="s">
-        <v>316</v>
+        <v>399</v>
       </c>
       <c r="E123" t="s">
-        <v>317</v>
+        <v>400</v>
       </c>
       <c r="F123" t="s">
-        <v>163</v>
+        <v>401</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="H123" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>395</v>
+        <v>129</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>114</v>
+        <v>15</v>
       </c>
       <c r="D124" t="s">
-        <v>316</v>
+        <v>399</v>
       </c>
       <c r="E124" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>400</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>396</v>
+        <v>216</v>
       </c>
       <c r="H124" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="D125" t="s">
-        <v>316</v>
+        <v>406</v>
       </c>
       <c r="E125" t="s">
-        <v>317</v>
+        <v>407</v>
       </c>
       <c r="F125" t="s">
-        <v>163</v>
+        <v>12</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>399</v>
+        <v>408</v>
       </c>
       <c r="H125" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>121</v>
+        <v>15</v>
       </c>
       <c r="D126" t="s">
-        <v>316</v>
+        <v>406</v>
       </c>
       <c r="E126" t="s">
-        <v>317</v>
+        <v>407</v>
       </c>
       <c r="F126" t="s">
-        <v>163</v>
+        <v>12</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="H126" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>125</v>
+        <v>19</v>
       </c>
       <c r="D127" t="s">
-        <v>316</v>
+        <v>406</v>
       </c>
       <c r="E127" t="s">
-        <v>317</v>
+        <v>407</v>
       </c>
       <c r="F127" t="s">
-        <v>163</v>
+        <v>12</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="H127" t="s">
-        <v>406</v>
+        <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>415</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>22</v>
+      </c>
+      <c r="D128" t="s">
+        <v>406</v>
+      </c>
+      <c r="E128" t="s">
         <v>407</v>
       </c>
-      <c r="B128" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F128" t="s">
-        <v>163</v>
+        <v>12</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="H128" t="s">
-        <v>409</v>
-[...50 lines deleted...]
-      <c r="H130" t="s">
         <v>417</v>
-      </c>
-[...385 lines deleted...]
-        <v>467</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5746,67 +5146,50 @@
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
-    <hyperlink ref="G129" r:id="rId128"/>
-[...15 lines deleted...]
-    <hyperlink ref="G145" r:id="rId144"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>