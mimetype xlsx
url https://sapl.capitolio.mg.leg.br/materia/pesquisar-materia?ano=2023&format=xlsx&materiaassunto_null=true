--- v0 (2025-10-06)
+++ v1 (2026-02-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1375" uniqueCount="577">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1191" uniqueCount="508">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1023,258 +1023,50 @@
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/130/pl_ordinaria_089_2023_substitutivo_-_permuta_lotes_equipamentos.pdf</t>
   </si>
   <si>
     <t>DESAFETA E AUTORIZA A PERMUTA DOS BENS PÚBLICOS MUNICIPAIS QUE MENCIONA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/131/pl_ordinaria_090_2023_-_reconhecimento_avamep.pdf</t>
   </si>
   <si>
     <t>RECONHECE UTILIDADE PÚBLICA DA ASSOCIAÇÃO DE VALORIZAÇÃO E APOIO AO ENSINO PROFISSIONALIZANTE - AVAMEP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/132/pl_ordinaria_091_2023_-_apae.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESAFETAÇÃO E DOAÇÃO DE BEM PÚBLICO A APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DE CAPITÓLIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>190</t>
-[...206 lines deleted...]
-  <si>
     <t>179</t>
   </si>
   <si>
     <t>P.RES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Chiquinho, Cláudio Ramos, Cristiane Amorim, Gabriel, Ismael da Macaúbas, Letícia Vallory, Lucas Oliveira, Miriam Rattis, Vandinho</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_resolucao_001_2023_-_regimento_interno_v00.pdf</t>
   </si>
   <si>
     <t>INSTITUI O NOVO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VEREADORES DE CAPITÓLIO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/180/projeto_de_resolucao_002_2023_-_escola_legislativo_v00.pdf</t>
   </si>
   <si>
     <t>CRIA A ESCOLA DO LEGISLATIVO DE CAPITÓLIO, NO ÂMBITO DA CÂMARA MUNICIPAL DE CAPITÓLIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
@@ -1297,54 +1089,54 @@
   <si>
     <t>Autoriza a realização de despesas para custeio de deslocamento, refeições e hospedagem dos integrantes do Projeto Parlamento Jovem de Minas, da Câmara Municipal de Capitólio e dá outras providências.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_resolucao_005_2023_-_declara_bens_inserviveis.pdf</t>
   </si>
   <si>
     <t>DECLARA INSERVÍVEIS OS BENS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_resolucao_006_2023_-_declara_bens_inserviveis.pdf</t>
   </si>
   <si>
     <t>DECLARA INSERVÍVEIS OS BENS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>ELO</t>
-[...2 lines deleted...]
-    <t>Emenda à Lei Orgânica</t>
+    <t>PELO</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/149/proj_emenda_lei_organica_001_2023_-_altera_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>ALTERA O §9° DO ART. 127 DA LEI ORGÂNICA DO MUNICÍPIO DE CAPITÓLIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/138/pl_complementar_001_2023_-_altera_estrutura_organizacional_camara.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal numero 7 de 03 de abril de 2020, que dispõe sobre a Estrutura Administrativa e Organizacional da Câmara Municipal de Capitólio e dá outras providências.</t>
   </si>
   <si>
     <t>139</t>
   </si>
@@ -1705,54 +1497,54 @@
   <si>
     <t>Vetamos o Projeto de Lei do Legislativo n° 063/2023, de autoria da Vereadora Letícia Costa Valory e do Vereador Ismael Pinto dos Santos, o qual "DISPÕE SOBRE A OBRIGATORIEDADE DA PUBLICAÇÃO DA RELAÇÃO DE MEDICAMENTOS DE USO CONTÍNUO EXISTENTE NA REDE PÚBLICA DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/188/pl_ordinaria_070_2023_-_transparencia_gastos_eventos_veto_integral_prefeito.pdf</t>
   </si>
   <si>
     <t>Vetamos o Projeto de Lei do Legislativo n° 070/2023, de autoria do Vereador Lucas de Oliveira Silva, o qual "DISPÕE SOBRE A OBRIGATORIEDADE DE AFIXAÇÃO DE PLACA COM INFORMAÇÕES SOBRE DESPESAS EM EVENTOS PROMOVIDOS, PATROCINADOS OU COM EMPREGO DE DINHEIRO PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/189/pl_ordinaria_076_2023_substitutivo_-_comoveec_prefeito.pdf</t>
   </si>
   <si>
     <t>Vetamos o Projeto de Lei do Legislativo nº 076/2023, de autoria do Vereador Gabriel Sansoni da Mata, o qual "DISPÕE SOBRE A CRIAÇÃO COMISSÃO DE MONITORAMENTO DA VIOLÊNCIA EM EVENTOS ESPORTIVOS E/OU CULTURAIS NO MUNICÍPIO DE CAPITÓLIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>SUB</t>
-[...2 lines deleted...]
-    <t>Substitutivo</t>
+    <t>PSUB</t>
+  </si>
+  <si>
+    <t>Projeto Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/133/pl_ordinaria_032_2023_-_substitutivo_-_permuta_lotes.pdf</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/134/pl_ordinaria_032_2023_-_segundo_substitutivo_-_permuta_lotes.pdf</t>
   </si>
   <si>
     <t>DESAFETA E AUTORIZA A PERMUTA DOS BENS PÚBLICOS MUNICIPAIS QUE MENCIONADA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/135/pl_ordinaria_076_2023_substitutivo_-_comoveec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO COMISSÃO DE MONITORAMENTO DA VIOLÊNCIA EM EVENTOS ESPORTIVOS E/OU CULTURAIS NO MUNICÍPIO DE CAPITÓLIO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>136</t>
   </si>
@@ -2110,68 +1902,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/42/pl_ordinaria_001_2023_-_correcao_salario_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/43/pl_ordinaria_002_2023_-_correcao_subsidios_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/44/pl_ordinaria_003_2023_-_correcao_salarial_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/45/pl_ordinaria_004_2023_-_abertura_de_credito_portaria_853_22_saude__r_127_mil.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/46/pl_ordinaria_005_2023_-_abertura_de_credito_resolucao_7553_saude__r_128_mil.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/47/pl_ordinaria_006_2023_-_abertura_de_credito_resolucao_8124_saude__r_157_mil.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/48/pl_ordinaria_007_2023_-_abertura_de_credito_resolucao_7857_saude__r_247_mil.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/49/pl_ordinaria_008_2023_-_abertura_de_credito_cont_fisioterapia_-_r_182_mil.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/50/pl_ordinaria_009_2023_-_abertura_de_credito_resolucao_7153_20_saude__r_53_mil.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/51/pl_ordinaria_010_2023_-_abertura_de_credito_portaria_1151_saude__r_200_mil.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/52/pl_ordinaria_011_2023_-_abertura_de_credito_resolucao_2759_saude__r_66_mil.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/53/pl_ordinaria_012_2023_-_abertura_de_credito_resolucao_7391_saude__r_20_mil.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/54/pl_ordinaria_013_2023_-_abertura_de_credito_resolucao_1687_saude__r_199_mil.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/55/pl_ordinaria_014_2023_-_abertura_de_credito_resolucao_8095_saude__r_158_mil.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/56/pl_ordinaria_015_2023_-_abertura_de_credito_resolucao_7733_saude__r_32_mil.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/58/pl_ordinaria_017_2023_-_abertura_credito_ponte_ze_pomada_piumhi_-_r_151_mil.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/59/pl_ordinaria_018_2023_-_autoriza_ppp_-_cidades_inteligentes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/60/pl_ordinaria_019_2023_-_altera_lei_1927_18__altera_membro_cons._patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/61/pl_ordinaria_020_2023_-_altera_lei_1971_2019_-_lotes_recebidos_em_doacao_-_anexo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/62/pl_ordinaria_021_2023_-_autoriza_convenio_agencia_reguladora_-_arismig.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/63/pl_ordinaria_022_2023_-_abert_de_credito_convenio_agencia_reguladora_mg__arismig__r_19_mil.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/64/pl_ordinaria_023_2023_-_ratifica_contrato_e_estatuto_consorcio_interm_de_saneamento_basico_sul_mg_v00.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/65/pl_ordinaria_024_2023_-_abert_de_credito_consorcio_interm_de_saneamento_sul_mg_cisab_sul__r_9_mil.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/66/pl_ordinaria_025_2023_-_abertura_de_credito_federacao_mineira_de_canoagem.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/67/pl_ordinaria_026_2023_-_lista_licitacao_facebook.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/68/pl_ordinaria_027_2023_-_autoriza_absorventes_escolas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/69/pl_ordinaria_028_2023_-_divulgacao_eventos_capitolio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/70/pl_ordinaria_029_2023_-_isencao_iptu_cancer.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/71/pl_ordinaria_030_2023_-_banco_de_alimentos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/72/pl_ordinaria_031_2023_-_aumento_salario_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/73/pl_ordinaria_032_2023_-_permuta_lotes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/74/pl_ordinaria_033_2023_-_responsabiliza_pref_danos_buracos..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/75/pl_ordinaria_034_2023_-_concessao_portinho_escarpas.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/76/pl_ordinaria_035_2023_-_veda_a_circulacao_de_caes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/78/pl_ordinaria_037_2023_-_abert_de_credito_velorio_macaubas__r_400_mil.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/79/pl_ordinaria_038_2023_-_maus_tratos_animais.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/80/pl_ordinaria_039_2023_-_programa_municipal_de_prevencao_ao_suicidio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/81/pl_ordinaria_040_2023_-_altera_agenda_transparente.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/82/pl_ordinaria_041_2023_-_abert_de_credito_cinema_-_dalmo__r_110_mil.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/83/pl_ordinaria_042_2023_-_autoriza_doacao_terrenos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/84/pl_ordinaria_043_2023_-_criacao_conselho_e_fundo_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/86/pl_ordinaria_045_2023_-_abertura_credito_agencia_nacional_aguas_r_288_mil.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/87/pl_ordinaria_046_2023_-_autoriza_o_recebimento_imovel_quitacao_de_creditos_tributarios.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/89/pl_ordinaria_048_2023_-_abertura_credito_cicanastra_-_r_6_mil.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/90/pl_ordinaria_049_2023_-_abertura_credito_santa_casa_-_r_990_mil.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/91/pl_ordinaria_050_2023_-_abertura_credito_assoc_estudantil_-_r_30_mil.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/92/pl_ordinaria_051_2023_-_abertura_credito_apae_-_r_50_mil.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/93/pl_ordinaria_052_2023_-_permuta_lotes_flores_do_ipe.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/94/pl_ordinaria_053_2023_-_torna_obrigatorio_led_ip.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/95/pl_ordinaria_054_2023_-_cordao_girassol.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/96/pl_ordinaria_055_2023_-_ratificacao_contrato_ameg_anexo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/97/pl_ordinaria_056_2023_-_abert_credito_apae_-_r_70_mil_emidinho.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/98/pl_ordinaria_057_2023_-_abert_credito_sao_vicente_-_r_170_mil_patrus_emidinho.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/99/pl_ordinaria_058_2023_-_abert_credito_especial_ascatur_-_r_30_mil.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/100/pl_ordinaria_059_2023_-_altera_regras_de_escolha_de_diretores_de_unidades_escolares.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/101/pl_ordinaria_060_2023_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/102/pl_ordinaria_061_2023_-_regulamento_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/103/pl_ordinaria_062_2023_-_desconto_iptu_imoveis_atingidos_alagamento.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/104/pl_ordinaria_063_2023_-_obriga_publicar_lista_remedios.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/105/pl_ordinaria_064_2023_-_abert_credito_apae_-_r_70_mil_emidinho.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/106/pl_ordinaria_065_2023_-_abert_credito_paulo_gustavo_-_r_92_mil.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/107/pl_ordinaria_066_2023_-_programa_vale_alim_saude.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/108/pl_ordinaria_067_2023_-_prioridada_feminima_prog_habitacionais.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/109/pl_ordinaria_068_2023_-_planejamento_participativo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/110/pl_ordinaria_069_2023_-_poder_fiscalziacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/111/pl_ordinaria_070_2023_-_transparencia_gastos_eventos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/112/pl_ordinaria_071_2023_-_agenda_oficial_prefeito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/113/pl_ordinaria_072_2023_-_programa_adote_um_campo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/114/pl_ordinaria_073_2023_-_institui_o_dia_do_futebol.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/115/pl_ordinaria_074_2023_-_vacinacao_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/116/pl_ordinaria_075_2023_-_bom_pagador.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/117/pl_ordinaria_076_2023_-_comoveec.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/118/pl_ordinaria_077_2023_-_nomeacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/119/pl_ordinaria_078_2023_-_altera_lei_apae_-_lei_2363.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/120/pl_ordinaria_079_2023_-_reducao_diarias.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/121/pl_ordinaria_080_2023_-_concessao_quiosque_ponta_do_sol.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/122/pl_ordinaria_081_2023_-_subvencoes_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/123/pl_ordinaria_082_2023_-_abert_credito_especial_santa_casa_r141_mil_-_apar_anestesia.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/124/pl_ordinaria_083_2023_-_compatibilizacao_ldo_e_ppa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/125/pl_ordinaria_084_2023_-_ratifica_contrato_cicanastra.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/127/pl_ordinaria_086_2023_-_altera_permuta.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/128/pl_ordinaria_087_2023_-_cria_cons_mun_des_economico_-_cmde.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/129/pl_ordinaria_088_2023_-_comoveec_2.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/130/pl_ordinaria_089_2023_substitutivo_-_permuta_lotes_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/131/pl_ordinaria_090_2023_-_reconhecimento_avamep.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/132/pl_ordinaria_091_2023_-_apae.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/190/portaria_001_de_2023_-_nomeia_comissao_para_analise_de_apresentacao_de_sistemas_integrado_de_gestao_publica.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/191/portaria_002_de_2023_-_data_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/192/portaria_003_de_2023_-_data_reunioes_comissoes.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/193/portaria_004_de_2023_-_exoneracao_rogerio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/194/portaria_005_de_2023_-_nomeacao_adriano.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/195/portaria_006_de_2023_-_designacao_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/196/portaria_007_de_2023_-_nomeia_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/197/portaria_008_de_2023_-_nomeia_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/198/portaria_009_de_2023_-_nomeia_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/199/portaria_010_de_2023_-_nomeacao_marcelly.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/200/portaria_011_de_2023_-_exoneracao_adriano.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/201/portaria_012_de_2023_-_nomeacao_felipe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/202/portaria_013_de_2023_-_nomeia_comissao_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/203/portaria_014_de_2023_-_nomeia_comissao_parlamentar_de_inquerito.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/204/portaria_015_de_2023_-_nomeia_comissoes_permanentes.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/205/portaria_016_de_2023_-_novas_datas_reuniuao_comissao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/206/portaria_017_de_2023_-_nomeia_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/207/portaria_018_de_2023_-_novas_datas_reuniuao_comissao_servico.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/208/portaria_019_de_2023_-_nomeia_pregoeiro_e_equipe_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/209/portaria_020_de_2023_-_nomeia_comissao_processo_seletivo_simplificado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/210/portaria_021_de_2023_-_diario_oficial_como_imprensa_oficial.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/211/portaria_022_de_2023_-_novas_datas_reuniuao_comissao_legislacao.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/212/portaria_023_de_2023_-_nomeacao_andreia.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_resolucao_001_2023_-_regimento_interno_v00.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/180/projeto_de_resolucao_002_2023_-_escola_legislativo_v00.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_resolucao_003_2023_-_orcamento_camara_2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_resolucao_004_2023_-_regulamenta_despesas_parlamento_jovem_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_resolucao_005_2023_-_declara_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_resolucao_006_2023_-_declara_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/149/proj_emenda_lei_organica_001_2023_-_altera_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/138/pl_complementar_001_2023_-_altera_estrutura_organizacional_camara.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/139/pl_complementar_002_2023_-_altera_lei_regulamentacao_dos_servicos_turisticos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/140/pl_complementar_003_2023_-_altera_estrutura_administrativa_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/141/pl_complementar_004_2023_-_institui_licenca_mandato_classista.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/142/pl_complementar_005_2023_-_transforma_pmaq_em_previne.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/143/pl_complementar_006_2023_-_reduz_carga_hoararia_auxiliar_creche.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/144/pl_complementar_007_2023_-_amplia_cargo_diretora_contabil.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/145/pl_complementar_008_2023_-_padronizacao_ligacao_subterranea.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/150/pl_ordinaria_011_2023_-_abertura_de_credito_resolucao_2759_saude__r_66_mil_-_emenda_01.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/151/pl_ordinaria_008_2023_-_abertura_de_credito_cont_fisioterapia_-_r_182_mil_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/152/pl_ordinaria_013_2023_-_abertura_de_credito_resolucao_1687_saude__r_199_mil_-_emenda_01_v01.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/153/pl_ordinaria_016_2023_-_gestao_frota_municipal_emenda.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/154/pl_ordinaria_030_2023_-_banco_de_alimentos_emenda.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/155/pl_complementar_004_2023_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/156/pl_ordinaria_037_2023_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/157/pl_complementar_003_2023_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/158/pl_ordinaria_042_2023_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/159/pl_ordinaria_046_2023_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/160/pl_ordinaria_049_2023_-_abertura_de_credito_santa_casa_-_r_990_mil_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/161/emenda__ao_projeto_de_lei_n_64-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/162/emenda__no_01_ao_projeto_de_lei_ordinaria_no_65-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/163/emenda__no_01_ao_projeto_de_lei_ordinario_no_73.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/164/emenda__no_01_ao_projeto_de_lei_ordinaria_no_79.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/165/emenda__no_01_ao_projeto_de_lei_ordinaria_no_77_v01.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/166/emenda_ordinaria_n_01_-_loa_2024_asfalto.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/167/emenda_ordinaria_n_02_-_loa_2024_turismo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/168/emenda_ordinaria_n_03_-_loa_2024_esporte.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/169/pl_ordinaria_60_2023_-_emenda_01-_redacao.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/170/emenda_impositiva_n_01_-_loa_-_2024_-_leticia.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/171/emenda_impositiva_n_02_-_loa_-_2024_-_ismael.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/172/emenda_impositiva_n_03_-_loa_-_2024_-_miriam.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/173/emenda_impositiva_n_04_-_loa_-_2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/174/emenda_impositiva_n_05_-_loa_-_2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/175/emenda_impositiva_n_06_-_loa_-2024_-_gabriel.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/176/emenda_impositiva_n_07_-_loa_-2024_-_claudio.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/177/emenda_impositiva_n_08_-_loa_-2024_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/178/emenda_impositiva_n_09_-_loa_-2024_-_evandro.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/185/pl_ordinaria_126__2022_-_concessao_de_subvencoes2023_veto_parcial_prefeito.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/186/pl_ordinaria_030_2023_-_banco_de_alimentos_veto_integral_prefeito.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/187/pl_ordinaria_063_2023_-_publicidade_remedios_veto_integral_prefeito.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/188/pl_ordinaria_070_2023_-_transparencia_gastos_eventos_veto_integral_prefeito.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/189/pl_ordinaria_076_2023_substitutivo_-_comoveec_prefeito.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/133/pl_ordinaria_032_2023_-_substitutivo_-_permuta_lotes.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/134/pl_ordinaria_032_2023_-_segundo_substitutivo_-_permuta_lotes.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/135/pl_ordinaria_076_2023_substitutivo_-_comoveec.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/136/pl_ordinaria_085_2023_substitutivo_-_doacao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/137/pl_ordinaria_089_2023_substitutivo_-_permuta_lotes_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/146/pl_complementar_002_2023_substitutivo_-_altera_lei_regulamentacao_dos_servicos_turistico.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/147/pl_complementar_003_2023_-_substitutivo_-_altera_estrutura_administrativa_prefeitura_compactado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/148/pl_complementar_003_2023_-_segundo_substitutivo_-_altera_estrutura_administrativa_prefeitura.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/42/pl_ordinaria_001_2023_-_correcao_salario_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/43/pl_ordinaria_002_2023_-_correcao_subsidios_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/44/pl_ordinaria_003_2023_-_correcao_salarial_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/45/pl_ordinaria_004_2023_-_abertura_de_credito_portaria_853_22_saude__r_127_mil.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/46/pl_ordinaria_005_2023_-_abertura_de_credito_resolucao_7553_saude__r_128_mil.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/47/pl_ordinaria_006_2023_-_abertura_de_credito_resolucao_8124_saude__r_157_mil.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/48/pl_ordinaria_007_2023_-_abertura_de_credito_resolucao_7857_saude__r_247_mil.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/49/pl_ordinaria_008_2023_-_abertura_de_credito_cont_fisioterapia_-_r_182_mil.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/50/pl_ordinaria_009_2023_-_abertura_de_credito_resolucao_7153_20_saude__r_53_mil.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/51/pl_ordinaria_010_2023_-_abertura_de_credito_portaria_1151_saude__r_200_mil.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/52/pl_ordinaria_011_2023_-_abertura_de_credito_resolucao_2759_saude__r_66_mil.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/53/pl_ordinaria_012_2023_-_abertura_de_credito_resolucao_7391_saude__r_20_mil.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/54/pl_ordinaria_013_2023_-_abertura_de_credito_resolucao_1687_saude__r_199_mil.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/55/pl_ordinaria_014_2023_-_abertura_de_credito_resolucao_8095_saude__r_158_mil.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/56/pl_ordinaria_015_2023_-_abertura_de_credito_resolucao_7733_saude__r_32_mil.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/58/pl_ordinaria_017_2023_-_abertura_credito_ponte_ze_pomada_piumhi_-_r_151_mil.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/59/pl_ordinaria_018_2023_-_autoriza_ppp_-_cidades_inteligentes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/60/pl_ordinaria_019_2023_-_altera_lei_1927_18__altera_membro_cons._patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/61/pl_ordinaria_020_2023_-_altera_lei_1971_2019_-_lotes_recebidos_em_doacao_-_anexo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/62/pl_ordinaria_021_2023_-_autoriza_convenio_agencia_reguladora_-_arismig.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/63/pl_ordinaria_022_2023_-_abert_de_credito_convenio_agencia_reguladora_mg__arismig__r_19_mil.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/64/pl_ordinaria_023_2023_-_ratifica_contrato_e_estatuto_consorcio_interm_de_saneamento_basico_sul_mg_v00.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/65/pl_ordinaria_024_2023_-_abert_de_credito_consorcio_interm_de_saneamento_sul_mg_cisab_sul__r_9_mil.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/66/pl_ordinaria_025_2023_-_abertura_de_credito_federacao_mineira_de_canoagem.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/67/pl_ordinaria_026_2023_-_lista_licitacao_facebook.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/68/pl_ordinaria_027_2023_-_autoriza_absorventes_escolas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/69/pl_ordinaria_028_2023_-_divulgacao_eventos_capitolio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/70/pl_ordinaria_029_2023_-_isencao_iptu_cancer.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/71/pl_ordinaria_030_2023_-_banco_de_alimentos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/72/pl_ordinaria_031_2023_-_aumento_salario_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/73/pl_ordinaria_032_2023_-_permuta_lotes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/74/pl_ordinaria_033_2023_-_responsabiliza_pref_danos_buracos..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/75/pl_ordinaria_034_2023_-_concessao_portinho_escarpas.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/76/pl_ordinaria_035_2023_-_veda_a_circulacao_de_caes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/78/pl_ordinaria_037_2023_-_abert_de_credito_velorio_macaubas__r_400_mil.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/79/pl_ordinaria_038_2023_-_maus_tratos_animais.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/80/pl_ordinaria_039_2023_-_programa_municipal_de_prevencao_ao_suicidio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/81/pl_ordinaria_040_2023_-_altera_agenda_transparente.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/82/pl_ordinaria_041_2023_-_abert_de_credito_cinema_-_dalmo__r_110_mil.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/83/pl_ordinaria_042_2023_-_autoriza_doacao_terrenos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/84/pl_ordinaria_043_2023_-_criacao_conselho_e_fundo_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/86/pl_ordinaria_045_2023_-_abertura_credito_agencia_nacional_aguas_r_288_mil.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/87/pl_ordinaria_046_2023_-_autoriza_o_recebimento_imovel_quitacao_de_creditos_tributarios.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/89/pl_ordinaria_048_2023_-_abertura_credito_cicanastra_-_r_6_mil.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/90/pl_ordinaria_049_2023_-_abertura_credito_santa_casa_-_r_990_mil.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/91/pl_ordinaria_050_2023_-_abertura_credito_assoc_estudantil_-_r_30_mil.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/92/pl_ordinaria_051_2023_-_abertura_credito_apae_-_r_50_mil.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/93/pl_ordinaria_052_2023_-_permuta_lotes_flores_do_ipe.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/94/pl_ordinaria_053_2023_-_torna_obrigatorio_led_ip.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/95/pl_ordinaria_054_2023_-_cordao_girassol.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/96/pl_ordinaria_055_2023_-_ratificacao_contrato_ameg_anexo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/97/pl_ordinaria_056_2023_-_abert_credito_apae_-_r_70_mil_emidinho.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/98/pl_ordinaria_057_2023_-_abert_credito_sao_vicente_-_r_170_mil_patrus_emidinho.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/99/pl_ordinaria_058_2023_-_abert_credito_especial_ascatur_-_r_30_mil.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/100/pl_ordinaria_059_2023_-_altera_regras_de_escolha_de_diretores_de_unidades_escolares.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/101/pl_ordinaria_060_2023_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/102/pl_ordinaria_061_2023_-_regulamento_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/103/pl_ordinaria_062_2023_-_desconto_iptu_imoveis_atingidos_alagamento.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/104/pl_ordinaria_063_2023_-_obriga_publicar_lista_remedios.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/105/pl_ordinaria_064_2023_-_abert_credito_apae_-_r_70_mil_emidinho.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/106/pl_ordinaria_065_2023_-_abert_credito_paulo_gustavo_-_r_92_mil.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/107/pl_ordinaria_066_2023_-_programa_vale_alim_saude.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/108/pl_ordinaria_067_2023_-_prioridada_feminima_prog_habitacionais.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/109/pl_ordinaria_068_2023_-_planejamento_participativo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/110/pl_ordinaria_069_2023_-_poder_fiscalziacao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/111/pl_ordinaria_070_2023_-_transparencia_gastos_eventos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/112/pl_ordinaria_071_2023_-_agenda_oficial_prefeito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/113/pl_ordinaria_072_2023_-_programa_adote_um_campo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/114/pl_ordinaria_073_2023_-_institui_o_dia_do_futebol.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/115/pl_ordinaria_074_2023_-_vacinacao_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/116/pl_ordinaria_075_2023_-_bom_pagador.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/117/pl_ordinaria_076_2023_-_comoveec.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/118/pl_ordinaria_077_2023_-_nomeacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/119/pl_ordinaria_078_2023_-_altera_lei_apae_-_lei_2363.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/120/pl_ordinaria_079_2023_-_reducao_diarias.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/121/pl_ordinaria_080_2023_-_concessao_quiosque_ponta_do_sol.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/122/pl_ordinaria_081_2023_-_subvencoes_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/123/pl_ordinaria_082_2023_-_abert_credito_especial_santa_casa_r141_mil_-_apar_anestesia.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/124/pl_ordinaria_083_2023_-_compatibilizacao_ldo_e_ppa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/125/pl_ordinaria_084_2023_-_ratifica_contrato_cicanastra.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/127/pl_ordinaria_086_2023_-_altera_permuta.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/128/pl_ordinaria_087_2023_-_cria_cons_mun_des_economico_-_cmde.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/129/pl_ordinaria_088_2023_-_comoveec_2.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/130/pl_ordinaria_089_2023_substitutivo_-_permuta_lotes_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/131/pl_ordinaria_090_2023_-_reconhecimento_avamep.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/132/pl_ordinaria_091_2023_-_apae.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_resolucao_001_2023_-_regimento_interno_v00.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/180/projeto_de_resolucao_002_2023_-_escola_legislativo_v00.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_resolucao_003_2023_-_orcamento_camara_2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_resolucao_004_2023_-_regulamenta_despesas_parlamento_jovem_2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_resolucao_005_2023_-_declara_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_resolucao_006_2023_-_declara_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/149/proj_emenda_lei_organica_001_2023_-_altera_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/138/pl_complementar_001_2023_-_altera_estrutura_organizacional_camara.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/139/pl_complementar_002_2023_-_altera_lei_regulamentacao_dos_servicos_turisticos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/140/pl_complementar_003_2023_-_altera_estrutura_administrativa_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/141/pl_complementar_004_2023_-_institui_licenca_mandato_classista.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/142/pl_complementar_005_2023_-_transforma_pmaq_em_previne.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/143/pl_complementar_006_2023_-_reduz_carga_hoararia_auxiliar_creche.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/144/pl_complementar_007_2023_-_amplia_cargo_diretora_contabil.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/145/pl_complementar_008_2023_-_padronizacao_ligacao_subterranea.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/150/pl_ordinaria_011_2023_-_abertura_de_credito_resolucao_2759_saude__r_66_mil_-_emenda_01.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/151/pl_ordinaria_008_2023_-_abertura_de_credito_cont_fisioterapia_-_r_182_mil_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/152/pl_ordinaria_013_2023_-_abertura_de_credito_resolucao_1687_saude__r_199_mil_-_emenda_01_v01.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/153/pl_ordinaria_016_2023_-_gestao_frota_municipal_emenda.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/154/pl_ordinaria_030_2023_-_banco_de_alimentos_emenda.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/155/pl_complementar_004_2023_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/156/pl_ordinaria_037_2023_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/157/pl_complementar_003_2023_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/158/pl_ordinaria_042_2023_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/159/pl_ordinaria_046_2023_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/160/pl_ordinaria_049_2023_-_abertura_de_credito_santa_casa_-_r_990_mil_-_emenda.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/161/emenda__ao_projeto_de_lei_n_64-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/162/emenda__no_01_ao_projeto_de_lei_ordinaria_no_65-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/163/emenda__no_01_ao_projeto_de_lei_ordinario_no_73.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/164/emenda__no_01_ao_projeto_de_lei_ordinaria_no_79.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/165/emenda__no_01_ao_projeto_de_lei_ordinaria_no_77_v01.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/166/emenda_ordinaria_n_01_-_loa_2024_asfalto.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/167/emenda_ordinaria_n_02_-_loa_2024_turismo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/168/emenda_ordinaria_n_03_-_loa_2024_esporte.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/169/pl_ordinaria_60_2023_-_emenda_01-_redacao.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/170/emenda_impositiva_n_01_-_loa_-_2024_-_leticia.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/171/emenda_impositiva_n_02_-_loa_-_2024_-_ismael.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/172/emenda_impositiva_n_03_-_loa_-_2024_-_miriam.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/173/emenda_impositiva_n_04_-_loa_-_2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/174/emenda_impositiva_n_05_-_loa_-_2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/175/emenda_impositiva_n_06_-_loa_-2024_-_gabriel.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/176/emenda_impositiva_n_07_-_loa_-2024_-_claudio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/177/emenda_impositiva_n_08_-_loa_-2024_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/178/emenda_impositiva_n_09_-_loa_-2024_-_evandro.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/185/pl_ordinaria_126__2022_-_concessao_de_subvencoes2023_veto_parcial_prefeito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/186/pl_ordinaria_030_2023_-_banco_de_alimentos_veto_integral_prefeito.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/187/pl_ordinaria_063_2023_-_publicidade_remedios_veto_integral_prefeito.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/188/pl_ordinaria_070_2023_-_transparencia_gastos_eventos_veto_integral_prefeito.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/189/pl_ordinaria_076_2023_substitutivo_-_comoveec_prefeito.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/133/pl_ordinaria_032_2023_-_substitutivo_-_permuta_lotes.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/134/pl_ordinaria_032_2023_-_segundo_substitutivo_-_permuta_lotes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/135/pl_ordinaria_076_2023_substitutivo_-_comoveec.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/136/pl_ordinaria_085_2023_substitutivo_-_doacao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/137/pl_ordinaria_089_2023_substitutivo_-_permuta_lotes_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/146/pl_complementar_002_2023_substitutivo_-_altera_lei_regulamentacao_dos_servicos_turistico.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/147/pl_complementar_003_2023_-_substitutivo_-_altera_estrutura_administrativa_prefeitura_compactado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitolio.mg.leg.br/media/sapl/public/materialegislativa/2023/148/pl_complementar_003_2023_-_segundo_substitutivo_-_altera_estrutura_administrativa_prefeitura.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H172"/>
+  <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="116.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="181" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="171.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4592,2056 +4384,1458 @@
       </c>
       <c r="G94" s="1" t="s">
         <v>337</v>
       </c>
       <c r="H94" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>339</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>22</v>
       </c>
       <c r="D95" t="s">
         <v>331</v>
       </c>
       <c r="E95" t="s">
         <v>332</v>
       </c>
       <c r="F95" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>340</v>
       </c>
       <c r="H95" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>342</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>26</v>
       </c>
       <c r="D96" t="s">
         <v>331</v>
       </c>
       <c r="E96" t="s">
         <v>332</v>
       </c>
       <c r="F96" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>343</v>
       </c>
       <c r="H96" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>345</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>30</v>
       </c>
       <c r="D97" t="s">
         <v>331</v>
       </c>
       <c r="E97" t="s">
         <v>332</v>
       </c>
       <c r="F97" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>346</v>
       </c>
       <c r="H97" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>348</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>34</v>
       </c>
       <c r="D98" t="s">
         <v>331</v>
       </c>
       <c r="E98" t="s">
         <v>332</v>
       </c>
       <c r="F98" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>349</v>
       </c>
       <c r="H98" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>351</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>331</v>
+        <v>352</v>
       </c>
       <c r="E99" t="s">
-        <v>332</v>
+        <v>353</v>
       </c>
       <c r="F99" t="s">
-        <v>333</v>
+        <v>214</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H99" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>331</v>
+        <v>357</v>
       </c>
       <c r="E100" t="s">
-        <v>332</v>
+        <v>358</v>
       </c>
       <c r="F100" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="H100" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>361</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>17</v>
+      </c>
+      <c r="D101" t="s">
         <v>357</v>
       </c>
-      <c r="B101" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E101" t="s">
-        <v>332</v>
+        <v>358</v>
       </c>
       <c r="F101" t="s">
-        <v>333</v>
+        <v>13</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="H101" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="D102" t="s">
-        <v>331</v>
+        <v>357</v>
       </c>
       <c r="E102" t="s">
-        <v>332</v>
+        <v>358</v>
       </c>
       <c r="F102" t="s">
-        <v>333</v>
+        <v>13</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="H102" t="s">
-        <v>347</v>
+        <v>366</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="D103" t="s">
-        <v>331</v>
+        <v>357</v>
       </c>
       <c r="E103" t="s">
-        <v>332</v>
+        <v>358</v>
       </c>
       <c r="F103" t="s">
-        <v>333</v>
+        <v>13</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="H103" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="D104" t="s">
-        <v>331</v>
+        <v>357</v>
       </c>
       <c r="E104" t="s">
-        <v>332</v>
+        <v>358</v>
       </c>
       <c r="F104" t="s">
-        <v>333</v>
+        <v>13</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="H104" t="s">
-        <v>347</v>
+        <v>372</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="D105" t="s">
-        <v>331</v>
+        <v>357</v>
       </c>
       <c r="E105" t="s">
-        <v>332</v>
+        <v>358</v>
       </c>
       <c r="F105" t="s">
-        <v>333</v>
+        <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="H105" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="D106" t="s">
-        <v>331</v>
+        <v>357</v>
       </c>
       <c r="E106" t="s">
-        <v>332</v>
+        <v>358</v>
       </c>
       <c r="F106" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="H106" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="D107" t="s">
-        <v>331</v>
+        <v>357</v>
       </c>
       <c r="E107" t="s">
-        <v>332</v>
+        <v>358</v>
       </c>
       <c r="F107" t="s">
-        <v>333</v>
+        <v>75</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="H107" t="s">
-        <v>353</v>
+        <v>381</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="D108" t="s">
-        <v>331</v>
+        <v>383</v>
       </c>
       <c r="E108" t="s">
-        <v>332</v>
+        <v>384</v>
       </c>
       <c r="F108" t="s">
-        <v>333</v>
+        <v>385</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="H108" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>79</v>
+        <v>17</v>
       </c>
       <c r="D109" t="s">
-        <v>331</v>
+        <v>383</v>
       </c>
       <c r="E109" t="s">
-        <v>332</v>
+        <v>384</v>
       </c>
       <c r="F109" t="s">
-        <v>333</v>
+        <v>389</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>379</v>
+        <v>390</v>
       </c>
       <c r="H109" t="s">
-        <v>380</v>
+        <v>391</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>381</v>
+        <v>392</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>83</v>
+        <v>22</v>
       </c>
       <c r="D110" t="s">
-        <v>331</v>
+        <v>383</v>
       </c>
       <c r="E110" t="s">
-        <v>332</v>
+        <v>384</v>
       </c>
       <c r="F110" t="s">
-        <v>333</v>
+        <v>385</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>382</v>
+        <v>393</v>
       </c>
       <c r="H110" t="s">
-        <v>383</v>
+        <v>394</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>395</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>26</v>
+      </c>
+      <c r="D111" t="s">
+        <v>383</v>
+      </c>
+      <c r="E111" t="s">
         <v>384</v>
       </c>
-      <c r="B111" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F111" t="s">
-        <v>333</v>
+        <v>174</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>385</v>
+        <v>396</v>
       </c>
       <c r="H111" t="s">
-        <v>386</v>
+        <v>397</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>387</v>
+        <v>398</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>91</v>
+        <v>30</v>
       </c>
       <c r="D112" t="s">
-        <v>331</v>
+        <v>383</v>
       </c>
       <c r="E112" t="s">
-        <v>332</v>
+        <v>384</v>
       </c>
       <c r="F112" t="s">
-        <v>333</v>
+        <v>385</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>388</v>
+        <v>399</v>
       </c>
       <c r="H112" t="s">
-        <v>389</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>390</v>
+        <v>401</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="D113" t="s">
-        <v>331</v>
+        <v>383</v>
       </c>
       <c r="E113" t="s">
-        <v>332</v>
+        <v>384</v>
       </c>
       <c r="F113" t="s">
-        <v>333</v>
+        <v>385</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="H113" t="s">
-        <v>392</v>
+        <v>403</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>99</v>
+        <v>38</v>
       </c>
       <c r="D114" t="s">
-        <v>331</v>
+        <v>383</v>
       </c>
       <c r="E114" t="s">
-        <v>332</v>
+        <v>384</v>
       </c>
       <c r="F114" t="s">
-        <v>333</v>
+        <v>389</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="H114" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>103</v>
+        <v>42</v>
       </c>
       <c r="D115" t="s">
-        <v>331</v>
+        <v>383</v>
       </c>
       <c r="E115" t="s">
-        <v>332</v>
+        <v>384</v>
       </c>
       <c r="F115" t="s">
-        <v>333</v>
+        <v>408</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="H115" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="D116" t="s">
-        <v>400</v>
+        <v>383</v>
       </c>
       <c r="E116" t="s">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="F116" t="s">
-        <v>402</v>
+        <v>292</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="H116" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="D117" t="s">
-        <v>400</v>
+        <v>383</v>
       </c>
       <c r="E117" t="s">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="F117" t="s">
-        <v>402</v>
+        <v>385</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="H117" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="D118" t="s">
-        <v>400</v>
+        <v>383</v>
       </c>
       <c r="E118" t="s">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="F118" t="s">
-        <v>18</v>
+        <v>389</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="H118" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="D119" t="s">
-        <v>400</v>
+        <v>383</v>
       </c>
       <c r="E119" t="s">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="F119" t="s">
-        <v>18</v>
+        <v>389</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="H119" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="D120" t="s">
-        <v>400</v>
+        <v>383</v>
       </c>
       <c r="E120" t="s">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="F120" t="s">
-        <v>18</v>
+        <v>389</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="H120" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="D121" t="s">
-        <v>400</v>
+        <v>383</v>
       </c>
       <c r="E121" t="s">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="F121" t="s">
-        <v>18</v>
+        <v>427</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="H121" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="D122" t="s">
-        <v>421</v>
+        <v>383</v>
       </c>
       <c r="E122" t="s">
-        <v>422</v>
+        <v>384</v>
       </c>
       <c r="F122" t="s">
-        <v>214</v>
+        <v>431</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="H122" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="D123" t="s">
-        <v>426</v>
+        <v>383</v>
       </c>
       <c r="E123" t="s">
-        <v>427</v>
+        <v>384</v>
       </c>
       <c r="F123" t="s">
-        <v>18</v>
+        <v>385</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="H123" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="D124" t="s">
-        <v>426</v>
+        <v>383</v>
       </c>
       <c r="E124" t="s">
-        <v>427</v>
+        <v>384</v>
       </c>
       <c r="F124" t="s">
-        <v>13</v>
+        <v>389</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="H124" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="D125" t="s">
-        <v>426</v>
+        <v>383</v>
       </c>
       <c r="E125" t="s">
-        <v>427</v>
+        <v>384</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>389</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="H125" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D126" t="s">
-        <v>426</v>
+        <v>383</v>
       </c>
       <c r="E126" t="s">
-        <v>427</v>
+        <v>384</v>
       </c>
       <c r="F126" t="s">
-        <v>13</v>
+        <v>389</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="H126" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="D127" t="s">
-        <v>426</v>
+        <v>383</v>
       </c>
       <c r="E127" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>384</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="H127" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="D128" t="s">
-        <v>426</v>
+        <v>383</v>
       </c>
       <c r="E128" t="s">
-        <v>427</v>
+        <v>384</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>214</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="H128" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="D129" t="s">
-        <v>426</v>
+        <v>383</v>
       </c>
       <c r="E129" t="s">
-        <v>427</v>
+        <v>384</v>
       </c>
       <c r="F129" t="s">
-        <v>18</v>
+        <v>75</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="H129" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
       <c r="D130" t="s">
-        <v>426</v>
+        <v>383</v>
       </c>
       <c r="E130" t="s">
-        <v>427</v>
+        <v>384</v>
       </c>
       <c r="F130" t="s">
-        <v>75</v>
+        <v>454</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="H130" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>10</v>
+        <v>107</v>
       </c>
       <c r="D131" t="s">
+        <v>383</v>
+      </c>
+      <c r="E131" t="s">
+        <v>384</v>
+      </c>
+      <c r="F131" t="s">
+        <v>457</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H131" t="s">
         <v>452</v>
-      </c>
-[...10 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>17</v>
+        <v>111</v>
       </c>
       <c r="D132" t="s">
+        <v>383</v>
+      </c>
+      <c r="E132" t="s">
+        <v>384</v>
+      </c>
+      <c r="F132" t="s">
+        <v>116</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H132" t="s">
         <v>452</v>
-      </c>
-[...10 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>461</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="D133" t="s">
-        <v>452</v>
+        <v>383</v>
       </c>
       <c r="E133" t="s">
-        <v>453</v>
+        <v>384</v>
       </c>
       <c r="F133" t="s">
-        <v>454</v>
+        <v>121</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>462</v>
       </c>
       <c r="H133" t="s">
-        <v>463</v>
+        <v>452</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>463</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>120</v>
+      </c>
+      <c r="D134" t="s">
+        <v>383</v>
+      </c>
+      <c r="E134" t="s">
+        <v>384</v>
+      </c>
+      <c r="F134" t="s">
         <v>464</v>
-      </c>
-[...13 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H134" t="s">
-        <v>466</v>
+        <v>452</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>466</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>125</v>
+      </c>
+      <c r="D135" t="s">
+        <v>383</v>
+      </c>
+      <c r="E135" t="s">
+        <v>384</v>
+      </c>
+      <c r="F135" t="s">
+        <v>431</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="B135" t="s">
-[...5 lines deleted...]
-      <c r="D135" t="s">
+      <c r="H135" t="s">
         <v>452</v>
-      </c>
-[...10 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>34</v>
+        <v>130</v>
       </c>
       <c r="D136" t="s">
+        <v>383</v>
+      </c>
+      <c r="E136" t="s">
+        <v>384</v>
+      </c>
+      <c r="F136" t="s">
+        <v>126</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H136" t="s">
         <v>452</v>
-      </c>
-[...10 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>470</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>10</v>
+      </c>
+      <c r="D137" t="s">
+        <v>471</v>
+      </c>
+      <c r="E137" t="s">
+        <v>472</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="B137" t="s">
-[...14 lines deleted...]
-      <c r="G137" s="1" t="s">
+      <c r="H137" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>475</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>17</v>
+      </c>
+      <c r="D138" t="s">
+        <v>471</v>
+      </c>
+      <c r="E138" t="s">
+        <v>472</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B138" t="s">
-[...11 lines deleted...]
-      <c r="F138" t="s">
+      <c r="H138" t="s">
         <v>477</v>
-      </c>
-[...4 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>478</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>22</v>
+      </c>
+      <c r="D139" t="s">
+        <v>471</v>
+      </c>
+      <c r="E139" t="s">
+        <v>472</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="H139" t="s">
         <v>480</v>
-      </c>
-[...19 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>481</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>26</v>
+      </c>
+      <c r="D140" t="s">
+        <v>471</v>
+      </c>
+      <c r="E140" t="s">
+        <v>472</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H140" t="s">
         <v>483</v>
-      </c>
-[...19 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>484</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>30</v>
+      </c>
+      <c r="D141" t="s">
+        <v>471</v>
+      </c>
+      <c r="E141" t="s">
+        <v>472</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H141" t="s">
         <v>486</v>
-      </c>
-[...19 lines deleted...]
-        <v>488</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>487</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>10</v>
+      </c>
+      <c r="D142" t="s">
+        <v>488</v>
+      </c>
+      <c r="E142" t="s">
         <v>489</v>
       </c>
-      <c r="B142" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F142" t="s">
-        <v>458</v>
+        <v>13</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>490</v>
       </c>
       <c r="H142" t="s">
-        <v>491</v>
+        <v>144</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>491</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>17</v>
+      </c>
+      <c r="D143" t="s">
+        <v>488</v>
+      </c>
+      <c r="E143" t="s">
+        <v>489</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="B143" t="s">
-[...14 lines deleted...]
-      <c r="G143" s="1" t="s">
+      <c r="H143" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>494</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>22</v>
+      </c>
+      <c r="D144" t="s">
+        <v>488</v>
+      </c>
+      <c r="E144" t="s">
+        <v>489</v>
+      </c>
+      <c r="F144" t="s">
+        <v>121</v>
+      </c>
+      <c r="G144" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="B144" t="s">
-[...11 lines deleted...]
-      <c r="F144" t="s">
+      <c r="H144" t="s">
         <v>496</v>
-      </c>
-[...4 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>497</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>26</v>
+      </c>
+      <c r="D145" t="s">
+        <v>488</v>
+      </c>
+      <c r="E145" t="s">
+        <v>489</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H145" t="s">
         <v>499</v>
-      </c>
-[...19 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="D146" t="s">
-        <v>452</v>
+        <v>488</v>
       </c>
       <c r="E146" t="s">
-        <v>453</v>
+        <v>489</v>
       </c>
       <c r="F146" t="s">
-        <v>454</v>
+        <v>13</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="H146" t="s">
-        <v>505</v>
+        <v>323</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="D147" t="s">
-        <v>452</v>
+        <v>488</v>
       </c>
       <c r="E147" t="s">
-        <v>453</v>
+        <v>489</v>
       </c>
       <c r="F147" t="s">
-        <v>458</v>
+        <v>13</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="H147" t="s">
-        <v>508</v>
+        <v>363</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="D148" t="s">
-        <v>452</v>
+        <v>488</v>
       </c>
       <c r="E148" t="s">
-        <v>453</v>
+        <v>489</v>
       </c>
       <c r="F148" t="s">
-        <v>458</v>
+        <v>13</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="H148" t="s">
-        <v>508</v>
+        <v>366</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="D149" t="s">
-        <v>452</v>
+        <v>488</v>
       </c>
       <c r="E149" t="s">
-        <v>453</v>
+        <v>489</v>
       </c>
       <c r="F149" t="s">
-        <v>458</v>
+        <v>13</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="H149" t="s">
-        <v>508</v>
-[...594 lines deleted...]
-        <v>435</v>
+        <v>366</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6750,73 +5944,50 @@
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
-    <hyperlink ref="G150" r:id="rId149"/>
-[...21 lines deleted...]
-    <hyperlink ref="G172" r:id="rId171"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>